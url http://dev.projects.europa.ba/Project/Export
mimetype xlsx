--- v0 (2025-11-05)
+++ v1 (2026-02-03)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Police of Brcko district IT system upgrade</t>
   </si>
   <si>
     <t>53 469 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Main); Civil society (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t>Purpose of this project is procurement of IT equipment for police and prosecutor registries.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Procurement of IT equipment will expectedly enhance the infrastructure of individual police agencies and increasing their capacity to participate in the electronic data exchange system for police and prosecutor registries.</t>
   </si>
   <si>
     <t>Police Data management and protection - Supply of Windows and SQL Licences</t>
   </si>
   <si>
     <t>13 046 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Civil society (Significant); Gender
  (Not targeted)</t>
@@ -539,51 +539,51 @@
  (Not targeted)</t>
   </si>
   <si>
     <t>Overall objective of this project is flood recovery assistance provided to families and the Municipality of Zenica.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - 41 family was supported through livelihood measures and agricultural production and Early warning Plan for flood preventsion was developed for Zenica municpality.</t>
   </si>
   <si>
     <t>FloodLife Pilot</t>
   </si>
   <si>
     <t>212 797 €</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Public awareness is raised by CSOs through public awareness and advoc acy activities on the need for liable management of water beds, drainage systems , lumbering, as well as on risks of irresponsible spatial planning 
 - Targeted municipalities assisted by CSOs have developed flood prevention and monito ring plans as well as early warning systems, 
 - Small independent business es are assisted by CSOs to recover in flood-affected areas.</t>
   </si>
   <si>
     <t>Flood recovery through flood prevention</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t>By establishing a sustainable model of cooperation and coordination - to a more efficient system of protection and recovery of communities affected by floods</t>
   </si>
   <si>
     <t>214 238 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall project objective is improving cooperation and coordination of the authorities, institutions and civil society in the process of building communities resistant to disasters, contributes to reducing the risk and consequences, increases the security of citizens and sustainable development of local communities affected by the floods. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Establishment of sustainable models of cooperation through the development of plans and programs for the creation of community "resistant to flooding";
 - Informing and raising awareness of citizens and children in schools on how to react in crisis situations caused by natural disasters; 
 - Support to the economic recovery of families and private businesses affected by flooding;
 - Support  to recovery of the environment in the municipalities affected by flood through the action of cleaning of canals and planting; 
 - Support to embellishment and furnishing of sectoral health institutions in local communities, re-establishment of their activities and more efficient access to health services.</t>
   </si>
   <si>
@@ -1110,51 +1110,51 @@
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>This project supports the BiH Council of Ministers and the FBiH and RS governments to strengthen employment controls and quality of public services, through improving public employment data and rebalancing staffing and pay in the public sector. Technical assistance is provided to governments to improve wage bill management by strengthening pay and employment controls, identifying staffing reductions through functional reviews and detailed analysis of payroll data, and pay benchmarking and simplification.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved public sector staffing data and staffing controls at all levels of authority in BiH, through establishing central registries of public sector employees.
 - Staffing at all levels of authority in the entities is rebalanced in line with recommendations from the horizontal functional reviews and vertical functional reviews in education and health sectors. 
 - Public sector pay structure at all levels of authority in the entities is rationalized and simplified.
 Project benefits:
 a) Improved public sector staffing data and staffing controls will allow the BiH authorities to manage the public sector in a more efficient and transparent manner. This will reduce fiscal pressures resulting from relatively oversized and inefficient public sector. 
 b) Implementation of recommendations from the functional reviews will allow better resource management and provision of more quality public services, especially in key sectors such as health and education. This will directly benefit the lives of BIH citizens. </t>
   </si>
   <si>
     <t>Construction/reconstruction of existing building of Municipal Court in Ljubu¿ki, Federation of Bosnia and Herzegovina, BiH - Lot 2 (Ljubuski)</t>
   </si>
   <si>
     <t>373 540 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t>The overall objective is to contribute to the increase the efficiency, professionalism and independence of the justice sector, to secure the rule of law and thereby prepare the BiH for access to the European Union. The ultimate objective is to help increase judicial efficiency through the reconstruction and improvement of physical state of the courts and prosecutor's offices.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Execution and completion of works under this contract completed in accordance with EU procedures, on time, within the budget available and in accordance with the provisions of the contract, design and technical specifications for execution of the respective works. 
 - Reconstruction of the building for Municipal Court Ljubuski completed and handed over to the final beneficiary.</t>
   </si>
   <si>
     <t>Construction/reconstruction of Municipal, Cantonal Court and Prosecutors Office in Tuzla,Federation of Bosnia and Herzegovina, Bosnia and Herzegovina, Lot 1 (Tu zla)</t>
   </si>
   <si>
     <t>4 330 106 €</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Execution and completion of works under this contract completed in accordance with EU procedures, on time, within the budget available and in accordance with the provisions of the contract, design and technical specifications for execution of the respective works. 
 - Construction of the new building for Municipal Court Tuzla and reconstruction of the Cantonal Court and Prosecutors Office in Tuzla completed and handed over to the final beneficiaries.</t>
   </si>
   <si>
     <t>Supervision of the works on ''''Construction/reconstruction of Municipal, Canton al Court and Prosecutors Office in Tuzla and Construction/reconstruction of exis ting building of Municipal Court in Ljubuski''''</t>
   </si>
   <si>
     <t>289 100 €</t>
@@ -1326,51 +1326,51 @@
   <si>
     <t>Life on BiH/MNE Border - Ancient Traces of ageless Heritage and Tradition</t>
   </si>
   <si>
     <t>259 362 €</t>
   </si>
   <si>
     <t xml:space="preserve">This project developed a functional inter-sector cooperation and linkage of cultural/historical/natural heritage and tourism in the cross-border area of Bosnia and Herzegovina and Montenegro. 
 More specifically, the project created and promoted joint cross border touristic products based on rehabilitated neglected cultural and historical heritage in Trebinje/Bileca (BiH) and Nikšic/Plužine (MNE) and enhanced partnerships in culture and tourism.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Valuable cultural/historical heritage locations and objects of 4 project municipalities, including more than 20 of those neglected and unutilized, mapped and pointed up as a joint tradition and part of mutual offer; 
 - Cultural/historical heritage of corss-border area widely promoted, at least 3 Cross- border joint Tourism Offers/Products created; 
 - Increased level of sustainable management of cultural/natural heritage in cross-border area, by crea tion of 1 joint realistic plan for protection of cultural/natural goods, establi shment of functional steering structure and strengthened capacities of local and cross-border partnerships; 
 - 2 rehabilitated cultural heritage features in both countries; 
 - Project and its results widely promoted in public (printed, digital and video material)</t>
   </si>
   <si>
     <t>Interest for late payment for contract no 2013/346-989</t>
   </si>
   <si>
     <t>269 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t>Persons with disabilities - Leaders in beekeeping</t>
   </si>
   <si>
     <t>Management of EU Info Centre and EU Info Points 2018 in Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>476 187 €</t>
   </si>
   <si>
     <t>Supplies for the refurbishment of EU Info Centre and three EU Info points</t>
   </si>
   <si>
     <t>2 458 €</t>
   </si>
   <si>
     <t>Supervision of the construction of the Cantonal Court in Bihac</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>39 345 €</t>
   </si>
@@ -1971,51 +1971,51 @@
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
  -More active, visible and effective approach of the Coalition of marginalized groups in BiH “KOMA”, as a cross-sectoral network that gathers 103 members, with a continuous growth and interest for membership, in addressing social inclusion issues as well as in further strengthening of the capacities and networking among member CSOs representing marginalized populations in BiH.</t>
   </si>
   <si>
     <t>Supply of IT equipment for preparation of statistical master sample frame</t>
   </si>
   <si>
     <t>61 320 €</t>
   </si>
   <si>
     <t xml:space="preserve">Under this project, 140 laptops necessary for the field work will be purchased. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - 140 Laptops procured, delivered and used during the filed work on update of statistical master sample frame during 2019 and 2020.</t>
   </si>
   <si>
     <t>Audit plan 2018 - Verification missions</t>
   </si>
   <si>
     <t>41 973 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t>Special Measures to Support the Response to the Refugee and Migrant Situation in Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>7 217 168 €</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project is to support Bosnia and Herzegovina in managing migration flows in the context of increased number of refugees, asylum-seekers and migrants entering the country since the end of 2017. 
 The action will be subject to a Delegation Agreement between the European Union (EU) and the International Organization for Migration (IOM). UNHCR and UNICEF will Grant Beneficiaries and implement specific activities under selected outputs, directly as well as through their partners. Through this action, IOM, UNHCR and UNICEF will work to ensure the basic needs and human rights of Persons of Concern (PoC), including migrants, asylum seekers and refugees, with special attention for persons with specific vulnerabilities and needs, such as children.
 The action will build on previous and ongoing efforts of the government and international and local organizations. The action focusses primarily on providing for the basic food and accommodation needs of PoC, including access to water sanitation and hygiene, through the winterization and operation of four reception centres in Una-Sana and Sarajevo Canton, with a combined capacity of 2,700 persons, with capacity to accommodate up-to 400 families with children.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Adequate and sufficient nutrient-rich, age and culturally sensitive food is provided in all temporary reception centres 
 - Complementary food and nutrition, baby food and infant formula provided in all temporary reception centres hosting babies and infants. 
 - Shelter and WASH in frastructure, and furniture are in place in Sarajevo and Una-Sana Canton. 
 - Camp Coordination and management capacities, including registration of PoC, are scaled up. 
 - Identified vulnerable refugees/migrants, including accompanied and UASC and victims of SGBV, have access to protection-sensitive accommodation. 
 - Cultural and age sensitive Non-Food Items are provided to PoC in need. 
 - PoC in vulnerable situations are identified and referred to appropriate assistance and protection services. 
 - PoC, including UASCs, have access to asylum, including information, counselling and legal assistance in their own language. 
 - PoC have access to psychosocial support and other age and gender appropriate services. 
 - PoC are supported to access primary and secondary health care. 
 - PoC children are supported to attend primary and secondary education.
@@ -2993,51 +2993,51 @@
 - Definition of project work – distinction to normal line work
 - Project organisation (team, roles, responsibilities etc.)
 - Project environment and stakeholders (analyse of potential risks and conflicts – link to Conflict Management)
 - Project controlling, monitoring and auditing
 - Project Management tools and IT support
 - Transparency in terms of public accessibility to information decreases risks for abuse of functions, illicit management, and limits unfair competitions, clientage and systemic corruption. 
 - Establishing and compling with the rules of conduct and professional ethics of (members of organization) in performing their duties,
 - Reflecting the full backdrop of policies, processes, and practices that enables the IA activity to be performed effectively and with proficiency and due professional care;
 - Including the development and use of innovation and evolving frameworks/policies and their application to internal audit programs and operations,
 - Capacity of the IA activity to align itself with the organization’s priorities and risk management strategies and contribute to continuous improvement of the IA activity and the organization.
 - Development and maintenance of a quality assurance and improvement program that covers all aspects of the IA activity.
 - External assessment of an internal audit activity conducted at least once every five years by a qualified, independent assessor or assessment team from outside the organization. The objective of the external assessment is to evaluate an internal audit activity’s conformance with the Standards and Code of Ethics. External assessments may also focus on identifying opportunities to enhance internal audit processes, offer suggestions to improve the effectiveness of the internal audit activity, promote ideas to enhance the activity’s image and credibility, and offer operational or strategic comments
 - Increased knowledge of the Internal Audit Department of the Indirect Tax Authority Bosnia and Herzegovina, their new skills and methodologies will facilitate their work and increase the quality of their output.
 - The work of the Internal Audit Department will add value to the organisation by providing objective assurance, advice, and insight to accomplish its objectives and improve the effectiveness of risk management, control, and governance processes.
 - The workshops on project management, risk management, performance management, change management and conflict management will improve the working processes, support the knowledge management and the individual human resource development.
 - The prevention of corruption and fraud aims to a better understanding within the organisation about the destructive impact corruption and fraud have on the organisation, the society and the economic development.
 - The External Quality Assessment performed by international experts with the focus on opportunities for continuous improvement will make the Internal Audit Department a role model for IA development in BIH.</t>
   </si>
   <si>
     <t>Rural Tourism for Mountain Destinations</t>
   </si>
   <si>
     <t>358 131 €</t>
   </si>
   <si>
-    <t>2020 - 2025</t>
+    <t>2020 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">The project will improve the quality and diversification of the tourism offer based on natural and cultural heritage. 
 More specifically, it will improve rural tourism offer in the areas around protected zones and natural attractions in the Sarajevo Canton and Durmitor area.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Cultural, rural resources in vicinity of natural attractions and protected zones mapped and mobilized,
 - Rural households supported in providing tourism services 3. Cultural heritage well represented and promoted as part of overall nature-based tourism offer.</t>
   </si>
   <si>
     <t>Cycling routes to improve natural and cultural heritage of Herzegovina and Monte negro - Cycling Rural</t>
   </si>
   <si>
     <t>400 000 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project is to strengthen and diversify the quality of tourism offer in cross border regions of Montenegro and Herzegovina by development and promotion of cycling and outdoor tourism. 
 This project will result in creation of new and attractive tourism offer in both cross-border regions and at specific locations under the brand CYCLING RURAL. The result will be the diversification of tourism offer in both regions and it will raise the quality of tourism market and tourism services in the whole Adriatic Hinterland. 
 In addition, it will increase activities in rural areas of both Herceg Novi and West Herzegovina, and thus enable revitalization of these areas and contribute to the competitiveness of the program areas as recognizable cross-border tourism destination.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Cross border partnership in active tourism development enhanced and strengthened
 - Network of cycling heritage trails in West Herzegovina and Herceg Novi mapped and equipped 
@@ -6533,51 +6533,51 @@
   <si>
     <t>The aim of the project is to provide the BHRT management with a set of coherent and concrete recommendations, based on detailed screening and analysis of current status of human resources, which would help BHRT to fully operate in line with their mandate of public service media in Bosnia and Herzegovina, enable its modernization and implementation of digital first policy, and support the management in taking difficult decisions on how to streamline or rationalize its number of staff.</t>
   </si>
   <si>
     <t>(1) Detailed analysis of the current state of human resources at BHRT (2) Set of concrete recommendations for optimisation, modernization and better capacity utilization of human resources (3) Propose new organizational chart of BHRT, precising the number, professional profile and job description of each media staff member in all BHRT’s departments, including human resources department (4) Present and propose best practises from EU countries in organising public service media in the European Union that could be applicable also for Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t>EU support to Public Procurement Strategy for the period 2023-2027</t>
   </si>
   <si>
     <t>16 000 €</t>
   </si>
   <si>
     <t>The aim of the project is to provide technical support to the Public Procurement Agency appointed Working group on the development of the Public Procurement Strategy 2023-2027, in the team for which UNDP has recruited two experts and EU one. Strategy must be fully harmonized with the strategic planning cycle and methodology prescribed by the relevant regulatory framework, as well in line with the relevant SIGMA "Toolkit for the preparation, implementation, monitoring, reporting, and evaluation of public administration reform and sector strategies".</t>
   </si>
   <si>
     <t>(1) Development of the situation analysis of the public procurement system in BiH, which will serve as a starting platform for the Strategy development process (2) Development of the key strategic objectives and strategic programmes (3) Development of the Action plan</t>
   </si>
   <si>
     <t>FATE - From army to enterpreneurship</t>
   </si>
   <si>
     <t>52 292 €</t>
   </si>
   <si>
-    <t>2009 - 2025</t>
+    <t>2009 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Project’s main aim was economic growth and diversification through specific measures to support the conversion of military brown-fields into Business Support Centres (BSC) or Incubators (BI) in regions, where the promotion of entrepreneurial spirit and the creation of innovative firms represent pivotal assets for the local economy and where the rehabilitation of military brown-fields is a priority of the regional/local agenda of the administrations. To reach the project goal, all the activities involved both the strategic and the operational level of the partnership. Integrated vertical, horizontal and transnational cooperation, active involvement of target groups and stakeholders and cross-sectoral activities were the approach to ensure the best results according project activities and targeted outputs be reached and to give sustainability to the action.
 Activities can be summarised as follows: definition and application of models on property disposal and restructuring of former military assets; mapping and assessments of military brown-fields; analysis of economic and entrepreneurial context; setting up of strategies to foster entrepreneurship; pilot actions, support to creation of feasibility studies for rehabilitation and transformation of military brown-fields into BSC/BI; incisive dissemination action</t>
   </si>
   <si>
     <t xml:space="preserve">Common methodology for context analysis, SWOT assessment of military brownfield, analysis of excellence case study;
 Case book on basic information about military brownfields, with point on reconstructed and objects in use (size, ownership, expenses, operational costs etc);
 Model of start-up property transfer process from state to local level;</t>
   </si>
   <si>
     <t>TEX-EASTile sustainable innovation for textile in South East Europe</t>
   </si>
   <si>
     <t>64 669 €</t>
   </si>
   <si>
     <t>The overall objective of the project was creation of an innovation oriented network in the textile industry within SEE, acceptive for the diffusion of new technologies and knowledge with specific application to furnishing and linen. Stakeholders which took part in the project were research centers, enterprises, professional associations and public administrations. This network worked towards the development of innovative products, process and service oriented solutions. Specific attention was devoted to the application of new technologies able to combine high technical and aesthetic value with strong environmental sustainability.</t>
   </si>
   <si>
     <t xml:space="preserve">Threefold strategy on:
 1) 	Harmoisation of the operator’s competences and knowledge with regard to green marketing tools, so as to individualise homogenous methods of application;
 2) 	Testing of the tools onMEs in order to increase enterprises' awareness towards green certification and promote new targeted project initiatives;
 3) 	Enhancement of eco-sustainability principles in Public Administration internal management  to encourage PA in assuming the role of potential buyer and supporter of more favorable market;
 Supply and Demand Analysis of textile products, which contains overview of the European textile and clothing sector, companies, employment, economic figures, foreign trade, green certification and Analysis of Green Public Procurement Regulations for textile products;
@@ -6638,51 +6638,51 @@
     <t>Energy Efficiency and Renewables - Supporting Policies in Local level for Energy (ENER-SUPPLY)</t>
   </si>
   <si>
     <t>84 294 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to increase production of Renewable Energy Sources (RES) and the reduction of energy waste through Energy Efficiency (EE). With appropriate actions in education, information, shining examples and correct planning, the project ENergy Efficiency and Renewables – SUPporting Policies in Local level for EnergY (ENER-SUPPLY) focused to support Public Administration (PA) to (1) 	favouring the knowledge and capacity related to the programming and management techniques /methods of its personnel and stakeholders such as energy audits in buildings, industrial audits, information campaigns, financial tools (i.e. performance contract), ESCO; the relevant EU directives, namely 32/06, 91/02-EPBD,77/01, 8/04 CHP, Climate Action Package, structural funds for energy, state aid in energy, emissions trading and also in the specific issues of Energy Management (EM); (2) 	spreading out among the public &amp; private organisations the implementation of good practices which favour the rational use of energy; (3) 	favouring the information and  rising awareness of the large public and the main stakeholders related to the potential of EE/RES investments in their own territories.</t>
   </si>
   <si>
     <t xml:space="preserve">RES handbook;
 Report on Needs Assessment for Energy Efficiency and Equipment Procurement;
 Training on Experimentation of Energy Management System;
 Energy audits of buildings;
 Final report on Energy management system experimentation;
 Guide for developing the Preliminary analysis of the state-of-the-art and the Action Plan for RES Potential Map Building ;
 RES maps for Srednje-bosanski Canton;
 Feasibility study for use of biomass as energy source.</t>
   </si>
   <si>
     <t>TAJAN - Tourism, Adventure, Joy, Attractions, Nature</t>
   </si>
   <si>
     <t>346 199 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Because of its unique and diverse natural and cultural beauty, Bosnia and Herzegovina has huge potential for tourism growth, particularly in niche sectors. As economic regeneration progresses, this potential is being realised, but the sector needs massive investment if both domestic and international tourist numbers are to be maximised.
 In that respect, this European Union project aimed at strengthening a sustainable development of BiH tourism potential in the Park of Nature TAJAN by improving infrastructure, tourism services, transfer of knowledge and information flow between the tourism workers and tourists but also the public in general and by better market positioning. 
 TAJAN is declared as a protected area in the Federation of BiH in 2008. It is named for Tajasnica river and Tajan mountain. TAJAN id very rich in canyons with lots of caves with rare speleological sites as well as with eco systems rich with endemic species that are of interest of many researchers and scientists for various bio-diversity specificities present in the area.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union has developed TAJAN as a competitive tourism product in the niche of eco-tourism and increased its potential for contributing to the overall economic growth and promotion of Bosnia and Herzegovina as a unique tourist destination. 
 With the European Union funding, natural, and cultural heritage site facilities (trails and picnic areas, construction of wildlife observation towers etc.) in TAJAN eco zone are improved and community based tourism is developed with established and equipped bed &amp; breakfast cluster. Also, we ensured safe and clean environment via tourist signalisation, certified mountain tourist guides and trained and equipped Mountain Rescue Services. Information dissemination of created tourist product is enhanced via marketing &amp; promotion tools developed and the tourist info station is constructed and equipped. 
 With all that, we have contributed to stronger and more visible promotion of the country's natural and cultural potentials as well as to more tourists visiting this site and the country.</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH - Call VI (Development of the Eco Zone NP Una and enrichment of its tourist offer under Lot 2 Cluster 1</t>
   </si>
   <si>
     <t>270 159 €</t>
   </si>
   <si>
     <t xml:space="preserve">Because of its unique and diverse natural and cultural beauty, Bosnia and Herzegovina has huge potential for tourism growth, particularly in niche sectors. As economic regeneration progresses, this potential is being realised, but the sector needs massive investment if both domestic and international tourist numbers are to be maximised.
 In that respect, this European Union project aimed at strengthening a sustainable development of BiH tourism potential in the National Park Una by improving infrastructure, tourism services, transfer of knowledge and information flow between the tourism workers and tourists but also the public in general and by better market positioning. 
 National Park Una is the first national park established in the Federation of BiH. It is mostly located in Bihac municipality territory (85%), and to smaller extent in Drvar municipality. It is well known for its huge potential for rafting, with traditional Una regatta organised in summer every year, as well as sports fishing and photo safari. The Una National Park is very rich in flora and fauna that stir interest of sportsmen, researchers and scientists.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union has supported growth and development of Una National Park as a competitive tourism product in the niche of eco-tourism and increased its potential for contributing to the overall economic growth and promotion of Bosnia and Herzegovina as a unique tourist destination. 
 With the European Union funding, natural and cultural heritage site facilities (biking and hiking trails, picnic areas, construction of wildlife observation towers etc.) in NP Una eco zone are improved and community based tourism is developed with established and equipped bed &amp; breakfast cluster. Also, we ensured safe and clean environment via tourist signalisation, certified mountain tourist guides and trained and equipped Mountain Rescue Services. Information dissemination of created tourist product is enhanced via marketing &amp; promotion tools developed and the tourist info station is constructed and equipped. 
@@ -6810,51 +6810,51 @@
   </si>
   <si>
     <t>368 765 €</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generation of economic growth and employment through targeted assistance to the BiH wood industry by introducing modern production technologies, knowledge-based economy and advancement of the production technique for added value products through EU compliant standards certification, with an ultimate goal of improving competitiveness of BiH wood products on internal and external markets.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increasing standards and quality control as well as on improving market positioning of competitive SMEs in wood industry of Bosnia and Herzegovina. With this assistance, we directly enabled improvements in the business environment, removing complex obstacle to exporters of wood products from BiH to the EU markets. Nowadays, there are more than 100 BiH companies that are highly competitive exporters of wood products country-wide. Those companies benefited from our support in infrastructure works, equipping and accreditation process of the first laboratory for furniture and wood testing in BiH – “Lind” which has been accredited by the European Accreditation body for testing and calibration of wood products. The laboratory, located in Techno Park Zenica, is now certified for performing testing of furniture and wood products in security standards - stability and resistance - and is enabled, according to the European Accreditation, to issue testing reports on compliance with the EU security standards, valid for export to the EU. 
 Physical infrastructure and the space arrangements required specific conditions to comply with – level of humidity, temperature, chambers for delivery and maintenance of products under testing etc. It also required highly sophisticated machinery ring to perform series of testing methods – crucial elements of that ring are: 
 •	3 D machine that checks dimensions of products, 
 •	machine for testing stability performances and universal testing platform, so-called four cylinders’ machine for testing security and conformity of usage and
 •	so-called drop test machine that tests resistance of the construction of products to pressures and strokes.
 Nowadays, the BiH accredited laboratory, performs tests of security standards for furniture in the following categories: sitting furniture of all types, desks of all types, office furniture. The laboratory will continue upgrading its standards and performance, and it is expected that will apply for expanding their certification to other fields of competitive products, like furniture for children and schools. 
 Competitive companies from BiH as exporters of final wood products (furniture) can now directly benefit from the fact that there is an accredited laboratory for testing their products for export to EU in their country of origin. We also contributed to the institutional recognition of the laboratory, through its representation in relevant bodies in the country. Local partnerships have proven the benefit of closely coordinated work and efforts of all actors concerned (public, private and civil society).</t>
   </si>
   <si>
     <t>Support to NGOs active in the fight against corruption</t>
   </si>
   <si>
     <t>135 118 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t>The overarching goal of this project was to contribute to the reduction of the number of corruption cases within universities in Bosnia and Herzegovina, through awareness raising, amendments of existing rules, and trainings.</t>
   </si>
   <si>
     <t xml:space="preserve">• 	An anonymous poll was conducted among students in order to gather information on their understanding of corruption and its consequences, on their knowledge of protective mechanisms and their willingness to confront corruption within the educational environment. 
 • 	This project increased awareness on corruption in higher education through 16 trainings of students and professors. Students were encouraged to discuss corruption-related issues which burdened them. 
 • 	In order to improve transparency in the examination procedure, a legal analysis of the existing regulations on exams was conducted. Certain gaps and shortcomings were identified and legal experts developed amendments to those rules. In parallel to this task, amendments aligned with the European Higher Education Area (EHEA) guidelines were designed, which, in turn, ensures harmonisation with EU standards. 
 The product of this analysis is the "Guidelines for students' examination", which provides general information on corruption and uses examples in which students could be faced with corruption and informs them how to proceed. Over 12,000 copies were printed and distributed to students of 8 universities. The majority of universities involved in the Project have published these Guidelines on their website, and some of them have even incorporated the amendments in their by-laws.  
 • 	Throughout the whole Project, an awareness raising campaign was ran, focused on both students' rights and obligations during exams, and on the adverse effects of corruption.</t>
   </si>
   <si>
     <t>Less corruption more jobs</t>
   </si>
   <si>
     <t>94 500 €</t>
   </si>
   <si>
     <t>Through the establishment of a Common Platform, trainings, and advocacy campaigns, this Project contributed to the strengthening of CSOs dealing with anticorruption in SMEs and entrepreneurship.</t>
   </si>
   <si>
     <t xml:space="preserve">• 	An analysis of policies and their implementation was conducted – the document "Less corruption, more jobs – how to improve procedures/programs/projects" outlines the main findings and recommendations. It was distributed to 166 relevant institutions throughout the State.
 • 	A Common Platform to fight corruption was set up. It unites associations of workers and employers and CSOs, which can develop concrete improvements to SME-related policies and programs, and propose them to BiH institutions. In 2012, the Common Platform counted 27 signatures of governmental and non-governmental institutions.  
 • 	14 existing policies, procedures, programs were monitored and concrete improvements were proposed. 
 • 	Trainings were provided to 65 NGOs and governmental institutions on corruption and its adverse effects, and advocacy. 
@@ -8029,51 +8029,51 @@
   </si>
   <si>
     <t>84 394 €</t>
   </si>
   <si>
     <t>The project was aimed at harmonization of the activities in the target SEE region related to the introduction of Digital Broadcasting services. SEE Digi.TV project focused on execution of integrated and coordinated territorial development linked to the A/D switchover process and prevent potential negative social, economic and technical implications in case of process failure at national and regional level.</t>
   </si>
   <si>
     <t xml:space="preserve">1st national seminar titled “Digitalization in Bosnia and Herzegovina: Yesterday, today, tomorrow”;
 2nd national seminar titled “Digitalization in Bosnia and Herzegovina: Challenges and Perspectives”;
 Analysis of existing legal framework for the digital switchover;
 Regional guidelines for the effective legal framework;
 Guidelines on using digital dividend;
 Guidelines for the funding framework for the digital switchover;
 SEE Strategic Roadmap for Technology Deployments;
 Regional receiver specifications and conformance test specifications;
 Regional guidelines for A/D switchover strategies.</t>
   </si>
   <si>
     <t>Architecture of Totalitarian Regimes of the XX Century in Urban Management (ATRI UM)</t>
   </si>
   <si>
     <t>51 665 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t>The main objective is to define &amp; promote a Cultural Route on architectures of totalitarian Regimes of 20th century, as leverage for their economic valorisation. ATRIUM is supposed to pursue the following specific objectives: (I) identification of case-studies in the areas concerned (analysis of urban maps, urban &amp; architectonical works), and hence of their underlying concept of city and power as well as meanings in term of relationships between citizens &amp; totalitarian institutions; (II) selection of buildings &amp; places of particular signification under past regimes, which could have (or currently have) a new aesthetical, functional &amp; social task in contemporary democratic city; (III) preparation of a trans-national Manual (also for training purposes) of wise management, preservation re-use &amp; economic valorisation of this "inconvenient" heritage; (IV) identification, collection &amp; digital cataloguing of photograph archives, films, oral witnesses, furniture, etc. of the epochs concerned; (V) design of a cultural route on this heritage, in compliance with requisites set out by the Council of Europe (VI) promotion of forms of cultural tourism for economic valorisation of heritage concerned (and training of necessary operators), capable of attracting segments of international, especially European, growing cultural tourism demand, &amp; hence to create new services &amp; jobs.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected Results:
 The plan of the cultural route is a concrete step for the construction of the route itself; The statute lays the legal basis for establishing the transnational promoting association; The cultural tourism products coordinated at transnational level are built with tourist &amp; economic operators; Brief local training courses have prepared tourist guides on new cultural tourism products; Local and international forums for touristic &amp; economic actors allow to test the appeal of new tourism products envisaged; The report summarizes observations, suggestions, contacts useful for improving the tourist products; The reports describing the pilot experiences enable the other PPs to replicate the tested model; The informative materials, spots on radios, TVs, journals &amp; informative totems enable the pilot experiences involve a wider public; The format for involvement of economic and tourist operators enable the other PPs to replicate the model; The preparation &amp; submission of 1 dossier enable the ATRIUM’s partnership to obtain the acknowledgment as European Cultural Route devoted to the architecture of the totalitarian regimes of the XXth century.</t>
   </si>
   <si>
     <t>Lake to Lake Green Tourism- Lake2Lake</t>
   </si>
   <si>
     <t>263 840 €</t>
   </si>
   <si>
     <t xml:space="preserve">Although rich in natural and cultural resources, wider area of municipalities of Vrlika (Croatia) and Prozor-Rama (BiH) are not yet recognized as attractive tourist destinations. Therefore, local authorities of the Municipality of Vrlika and Municipality of Prozor-Rama decided to put their efforts together to initiate projects for revitalization of its wider area with a focus on Peruča and Rama Lakes as important natural recourses for creation and improvement of their tourist offer. 
 With education of local stakeholders, construction of tourist infrastructure, and strong promotional campaign, all necessary preconditions will be created for tourism development in this area, which will enable interested private entrepreneurs and rural households to link to tourist infrastructure and enrich tourist offer, and thus generate additional income.
 With a goal to improve the competitiveness of the joint cross-border tourism offer based on complementary natural and cultural attraction basis and to create a positive economic climate for the inclusion of the wider area in the tourist flux, this project focuses on creating a  joint offer for sports and recreation tourism through the establishment and equipping of the Centre for sports and recreational tourism on two cross-border locations.</t>
   </si>
   <si>
     <t xml:space="preserve">The project established and equipped a Centre for sports and recreational tourism on the Rama Lake in Bosnia and Herzegovina (and an equivalent facility on the Peruca Lake in Croatia).  The Rama Centre now includes a hangar which serves as a warehouse for rowing boats, to which an access road was constructed. To enable the Centre to organise sport and recreational activities, sports competitions and adequate equipment storage, in addition to the warehouse and access road, the project provided the equipment including 3 pontoons, 2 systems for track regatta marking, 2 catamarans for trainers, 2 catamarans for referees, while appropriate required insfrastructure was provided for the Peruca Lake in Croatia.
 Along with the infrastructure improvement, Prozor Rama established their Rowing Club in August 2012, which has largely benefitted from the cross-border know-how transfer with the Rowing Club Vrlika from Croatia.  
 To increase the visibility and attractiveness of the area, 48 tourist signs were installed in Prozor Rama and an equivalent number in Vrlika. Joint promotional efforts included the design of a web page: www.cbclake2lake.com, and various promotional material.
 The promotional campaign of new and improved sports facilities and tourist offer had its peak in June 2013 at the final conference event and rowing regatta organised by the two Centres.</t>
   </si>
@@ -8231,51 +8231,51 @@
   <si>
     <t>Wise use of common natural resources - road to sustainability of the Serbia/BiH cross-border region</t>
   </si>
   <si>
     <t>100 742 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to contribute to sustainable development of the Serbia-BiH cross-border region by fostering cooperation and multistakeholders approach in integrated natural resources management in the Drina River Basin. The project target groups are at the same time the final beneficiaries of the project outcomes. 
 Project activities include:  analysis and mobilisation of the stakeholders, capacity building of local stakeholders, development of the Action plan for wise use and protection of natural resources, facilitating of the public consultation process, dissemination and promotion of the project activities, etc. 
 Final beneficiaries are: Local authorities in 6 target municipalities, Public utility companies dealing with forest resources management and/or utilization drinking and waste water management, Authorities in charge of water resources management, Civil society organizations (CSOs) and General public.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Increased capacities of local stakeholders in 6 target municipalities (3 in BiH, 3 in Serbia) to actively operate in environmental management in cross-border area;
 Developed Action plan for wise use and protection of natural resources in 6 municipalities in the Drina River Basin;
 Increased public participation in environmental decision making  through active involvement in action plans drafting;
 Increased public awareness for protection and sustainable use of natural resources by implementing public outreach activities.</t>
   </si>
   <si>
     <t>Schools Waste Less</t>
   </si>
   <si>
     <t>98 451 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to contribute to maintaining the high quality of the border area environment by cooperating in joint initiatives. The project focused on establishing primary waste selection process in 28 schools in Uzice and Tuzla. During the first phase of project activities, project team created and established technical and educational framework for the purpose of project. Purchasing and setting up four-color bins for most generated waste fraction in schools in Bosnia (PET, aluminium and paper and for all other waste) has been implemented in 14 schools in Tuzla. Two PUC’s purchased special vehicles for transporting separated waste from schools to centers for secondary selection in their premises, taking into account the different concepts in the two cities. After these interventions, the entire process of primary waste selection in schools in two cities has been established. 
 At the same time project team organized informational and educational activities in schools to inform and prepare school staff (including management, teachers and support staff) and pupils about project activities and their participation role in it.</t>
   </si>
   <si>
     <t xml:space="preserve">210 plastic bins with 42 metal constructions (as 42 recycling points) and 1.162,5 kg of plastic bags were purchased and dispersed through 14 schools in Tuzla. In this way, infrastructure preconditions for primary waste selection in schools were established (amounts of collected primary selected waste until the last month of project was 14.520 kg in the following structure:  PET bottles (74%) – 10.745 kg, paper (25%) – 3.630 kg and aluminium cans (1%) – 145 kg);
 Special purpose vehicle FORD Transit 22 TDC, purchased for transporting selected waste;
 16 biology teachers from Tuzla have raised and upgraded their knowledge and skills about environment communication with children by means of trainings;
 Group info sessions for pupils and teachers in Tuzla with 2.500 pupils and school staff taking part;
 Quiz competition for primary school age pupils in Tuzla;
 Quiz competition for secondary school age pupils in Tuzla;
 Common Eco-camp for 28 primary school age pupils and 14 biology teachers;
 Promo-campaign raising awareness about primary waste selection.</t>
   </si>
   <si>
     <t>Bijeljina and Bogatic togehter on the way towards energy sustainability</t>
   </si>
   <si>
     <t>230 585 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to contribute to maintaining a high quality of environment in the region Bijeljina-Bogatić by using RES (Renewable Energy Sources) and raising energy efficiency, and to improve the competitiveness of local economy by creating conditions for the use of RES. Special focus is given to raising  the awareness and building  local capacity in municipalities of Bijeljina and Bogatic in order to increase energy efficiency and sustainable concept for use of renewable energy.
 Final beneficiaries are: local communities - 142 000 residents of both municipalities, business sector - 2.000 existing enterprises in the municipalities of Bogatic and Bijeljina, including 80 building sector enterprises.</t>
   </si>
@@ -9639,51 +9639,51 @@
   <si>
     <t>Typical products as engine of development in rural areas - TERRA ''''Honey route s through Durmitor Mountain and Herzegovina''''</t>
   </si>
   <si>
     <t>153 607 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project sought to improve the living conditions of the population through the support and promotion of rural development and tourism based on typical local products. 
 More specifically, the aim was to accelerate development of rural areas through valorisation and commercialisation of honey as a typical product and to enable further development of typical products in the target area in line with standards and best practice cases in the EU. The project connected 6 municipalites from Montenegro and 9 municipalities in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Mapped honey value chain, and involved stakeholders accept their role in the future development of honey as a typical product,
 - Territorial/tourist product “Honey routes through Durmitor Mountain and Herzegovina” created ,
 - Improved capacities of 104 key stakeholders involved in development of the tourist/territorial product,
 - Tourist product visible, functional and recognised in the wide region.
 </t>
   </si>
   <si>
     <t>Give me a chance</t>
   </si>
   <si>
     <t>66 922 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Overall project objective is to contribute to equality and protection of the rights of persons with intellectual disabilities for the participation in cultural life, recreation, leisure and sport in accordance with UN Convention on the Rights of Persons with Disabilities. 
 Specific objective is to enhance social inclusion and participation of persons with intellectual disabilities from Montenegro and Bosnia and Herzegovina trough mainstreaming sporting activities.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Strengthened capacities and networking of organisations and institutions aiming to work on enhancing social inclusion of persons with intellectual disabilities trough sport activities. 
 - Improved level of mobility, participation and inclusion of persons with intellectual disabilities in cultural and sport life on national and regional level. 
 - Raised awareness of policy makers, representatives of institutions and other sport stakeholders and citizens about sport as a mean for contribution to better participation and social inclusion of persons with intellectual disabilities.</t>
   </si>
   <si>
     <t>Protection of nature and environment from forest fires - ForestEye</t>
   </si>
   <si>
     <t>252 240 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project sought to contribute to the protection of nature and environment in the cross-border area with a high risk of forest fires. 
 In particular, the project raised capacities of local and cross-border firefighting teams in Split Dalmatia County and in Canton 10 and helped to increase awareness on the subjects related forest fires risks. 
 www.foresteye.eu </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - 1 Cross-border Firefighting Intervention Team established and 1 Action Plan created 