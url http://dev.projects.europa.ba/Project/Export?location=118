--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -6,204 +6,205 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
   <si>
-    <t>Project name</t>
-[...17 lines deleted...]
-    <t>Local development strategies</t>
+    <t>Naziv projekta</t>
+  </si>
+  <si>
+    <t>EU fond</t>
+  </si>
+  <si>
+    <t>Period implementacije</t>
+  </si>
+  <si>
+    <t>Kategorije</t>
+  </si>
+  <si>
+    <t>Sažetak</t>
+  </si>
+  <si>
+    <t>Rezultati</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lokalne strategije razvoja
+(EU4Business)</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
     <t>2018 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Digital
-[...19 lines deleted...]
-    <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
+    <t xml:space="preserve">Digitalizacija
+ (Glavna oblast); Civilno društvo
+ (Nije ciljano); Polovi
+ (Nije ciljano); Akcije protiv klimatskih promjena
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projektom je podstaknuta konkurentnost i inovacije mikro, malih i srednjih preduzeća (MMSP-ova) i poljoprivrednika u konkurentnim sektorima BiH. Implementiran je kroz partnerstvo GIZ-a, UNDP-a i MOR-a u iznosu od 16,1 milion EUR, od čega je Savezna Republika Njemačka osigurala 1,1 milion EUR. Pozivi za dodjelu grantova u ukupnoj vrijednosti od 10 miliona EUR rezultirali su sa 82 razvojna projekta za podršku MSP-ovima i lokalnim partnerstvima u poljoprivrednoj proizvodnji i preradi (20), turizmu (8) i izvozno orijentisanim sektorima (10). Sa 5 grantova su takođe podržana inovativna novoosnovana preduzeća, 24 MMSP-a su dobila pomoć da nabave modernu opremu, a 15 grantova je pomoglo u ublažavanju uticaja pandemije Covid-19 na privredu. Pored toga, grantovi EU su pokrenuli privatna ulaganja u iznosu od 6,3 miliona EUR, koja su omogućila otvaranje oko 500 novih radnih mjesta širom BiH. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta će rezultirati sljedećim:
+- Unaprijeđeni rezultati rada MMSP-ova zahvaljujući poslovnim ulaganjima i inovativnim uslugama u konkurentnim izvozno orijentisanim sektorima. 
+- Poslovno okruženje poboljšano za novoosnovana preduzeća i razvoj MSP-ova. 
+- Preduzetničke inicijative intenzivirane u turizmu i ruralnim lancima vrijednosti za ostvarivanje prihoda i zapošljavanje.</t>
+  </si>
+  <si>
+    <t>Akcija za povećanje energetske i vodne efikasnosti usluga vodosnabdijevanja</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
     <t>2019 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Gender
-[...11 lines deleted...]
-- Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
+    <t xml:space="preserve">Polovi
+ (Glavna oblast); Akcije protiv klimatskih promjena
+ (Glavna oblast); Digitalizacija
+ (Važno); Civilno društvo
+ (Važno)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cilj projekta je da ojača održivi razvoj u prekograničnom području između Bosne i Hercegovine i Crne Gore poboljšanjem efikasnosti korištenja resursa u sektoru vodosnabdijevanja. 
+Konkretnije, projekat će ojačati kapacitete za vodno i energetski efikasno vodosnabdijevanje te promovisati EU politike i prakse za efikasno korištenje resursa u sektoru vodosnabdijevanja.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta će rezultirati sljedećim:
+- Ojačani kapaciteti za unapređenje vodno i energetski efikasnog vodosnabdijevanja.
+- Povećana svijest kod velikog broja aktera i šire javnosti o politikama, standardima i praksama za postizanje veće vodne i energetske efikasnosti u sektoru vodosnabdijevanja.
 </t>
   </si>
   <si>
-    <t>'''Our Lady of Sinj Route''''</t>
+    <t>Staza Gospi Sinjskoj</t>
   </si>
   <si>
     <t>178 206 €</t>
   </si>
   <si>
     <t>2013 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Climate action
-[...14 lines deleted...]
-    <t>Bridging Diversity</t>
+    <t xml:space="preserve">Akcije protiv klimatskih promjena
+ (Glavna oblast); Civilno društvo
+ (Važno); Polovi
+ (Važno); Digitalizacija
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t>Svrha projekta je unaprijediti zajedničku turističku ponudu na temelju zajedničkog kulturnog identiteta pograničnog područja R. Hrvatske i BiH, kako bi se poboljšala konkurentnost lokalne turističke privrede. Taj cilj će se ostvariti kroz izgradnju prateće infrastrukture manjeg obima duž hodočasničke Staze Gospi Sinjskoj radi poboljšanja atraktivnosti prekograničnog podrčuja Hrvatske i Bosne i Hercegovine kao turističke destinacije, izgradnja kapaciteta/vještina pružatelja usluga iz oblasti turizma i nevladinih organizacija u Hrvatskoj i Bosni i Hercegovini da promoviraju tu turističku ponudu i pružaju kvalitetne usluge, upoznavanje opće javnosti i turista o dostupnoj ponudi, uslugama i znamenitostima duž hodočasničke Staze Gospi Sinjskoj, itd. Neke od projektnih aktivnosti su: Izgradnja i ugradnja neophodne infrastrukture za obnovu staze Gospi Sinjskoj, izrada programe obuke za pružatelje turističkih usluga i NVO u prekograničnoj regiji Hrvatske i Bosne i Hercegovine o turističkom marketingu, organiziranju događaja, pružanju usluga klijentima i osnovama IKT, te provedba obuke za pružatelje turističkih usluga i NVO, identifikacija i analiza turističke ponude/proizvoda i znamenitosti duž stazi Gospi Sinjskoj, razvoj zajedničke strategije za promociju turiszma, itd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Procijenjeni rezultati:
+Povećana privlačnost prekogranične regije Hrvatske i BiH kao turističke destinacije kroz izgradnju i ugradnju infrastrukture i opreme potrebne za razvoj i obnovu staze Gospi Sinjskoj; 
+Veća razina znanja i vještina pružatelja  turističkih usluga i nevladinih organizacija u prekograničnoj regiji Hrvatske i BiH u promoviranju znamenitosti i turističke ponude;
+Bolja osviještenost među građanima prekograničnog područja Hrvatske i BiH i turistima o dostupnoj turističkoj ponudi/atrakcijama u Hrvatskoj i BiH regiji i dodanim vrijednostima projekt za turistički razvoj regiona. </t>
+  </si>
+  <si>
+    <t>Premošćivanje različitosti _ Aplikacija 005</t>
   </si>
   <si>
     <t>28 587 €</t>
   </si>
   <si>
-    <t xml:space="preserve">Civil society (Main); Gender
-[...17 lines deleted...]
-    <t>Protection of nature and environment from forest fires - ForestEye</t>
+    <t xml:space="preserve">Civilno društvo
+ (Glavna oblast); Polovi
+ (Glavna oblast); Akcije protiv klimatskih promjena
+ (Važno); Digitalizacija
+ (Važno)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projekt nastoji konkretno odgovoriti na pitanja etničkih, vjerskih i nacionalnih predrasuda koje ometaju razvoj socijalne kohezije u ovom prekograničnom području.
+Projekt će stvoriti prilike da se građani iz pograničnog područja sretnu i okupe kroz kreativne aktivnosti na razini zajednice. Planirane aktivnosti će obuhvatati interaktivne događaje i nastojat će izbjeći retoriku, ali će govoriti kroz inovativne vizualne i audio podražaje, hrabro predstavljajući bogatstvo raznolikosti kao vitalnu komponentu socijalne kohezije.
+Objavit će se javni poziv kroz postojeće mreže, kojim će umjetnice iz Hrvatske i Bosne i Hercegovine pozvati da koriste vizualne i kreativne načine kako bi izrazile svoje razumijevanje “zajedničkih vrijednosti - žene i različitosti”.  Odabrani radovi će biti izloženi u javnim prostorima u Livnu i Omišu. Ti javni prostori će, zauzvrat, ugostiti interaktivne radionice s članovima zajednice.  U okviru ovog kreativnog i sigurnog okruženja otvorit će se druge teme kao što su  “zajedničke vrijednosti u izgradnji društvene kohezije”,  “različitost kao sredstvo komunikacije”,  “žensko poduzetništvo”, “eko-turizam u ruralnim prekograničnim područjima” ...</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projekt je planirao utvrditi zajedničke vrijednosti i razumijevanje kao osnov za buduću saradnju između žena u pograničnom području. Ovaj rezultat je ostvaren kroz organiziranje prkogranične konferencije pod nazivom "Premošćavanje različitosti" koja je održana od 4. do 6. aprila 2014. u Omišu, Hrvatska. Na konferenciji su učešće uzele žene iz lokalnih nevladinih organizacija iz Hrvatske, Bosne i Hercegovine, Kosova, Makedonije, Crne Gore i Srbije, a konferencija je obradila četiri osnovne teme:  i)  žene i bazični mirovni procesi; mobilnost i razmjena; ii) prekogranična saradnja: prilika za interkulturalni dijalog; iii) kreativno partnerstvo: korak ka stabilnosti.	2 inicirane su prekogranične alijanse između učesnica konferencije koje predstavljaju ženske nevladine organizacije, a razvijene su i dvije projektne ideje prekogranične saradnje.
+Deset interaktivnih radionica i jedna prekogranična konferencija, ponovno posvećena prenosu iskustava, ekspertize i vizija žena u nevladinim organizacijama. Razmjena se odvijala među učesnicama iz različitih država i različitih statusa. 
+U nastojanu da potakne zajednice u pograničnom području da istraže načine na koje mogu rješavati predrasude i negativne pretpostavke, projektne aktivnosti su osigurale platformu za interakciju na prekograničnoj izložbi, koncertima i sajmu nevladinih organizacija. 
+Organizairana su dva koncerta na koje je došlo nešto više od 500 osoba. Organizirana je izložba sa 30 radova, koja je prikazana na dva mjesta, u Livnu i Omišu, a potom i u Kninu, a koju je, prema procjenama, posjetilo oko 1,350 posjetitelja. 
+Projekt je organizirao sajam nevladinih organizacija na kojem je učestvovalo 17 NVO, koje su predstavljale 54 aktivistice iz prekograničnog područja. </t>
+  </si>
+  <si>
+    <t>Zaštita prirode i okoliša od šumskih požara - ForestEye</t>
   </si>
   <si>
     <t>252 240 €</t>
   </si>
   <si>
     <t>2015 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Civil society (Main); Climate action
-[...6 lines deleted...]
-In particular, the project raised capacities of local and cross-border firefighting teams in Split Dalmatia County and in Canton 10 and helped to increase awareness on the subjects related forest fires risks. 
+    <t xml:space="preserve">Civilno društvo
+ (Glavna oblast); Akcije protiv klimatskih promjena
+ (Glavna oblast); Digitalizacija
+ (Glavna oblast); Polovi
+ (Važno)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projekat je nastojao doprinijeti zaštiti prirode i okoliša u prekograničnom području gdje postoji visok rizik od šumskih požara. 
+Konkretno, projektom su ojačani kapaciteti lokalnih i prekograničnih vatrogasnih timova u Splitsko-dalmatinskoj županiji i u Kantonu 10 i pružena je pomoć za podizanje svijesti o temama koje se tiču rizika od šumskih požara. 
 www.foresteye.eu </t>
   </si>
   <si>
-    <t xml:space="preserve">Implementation of this project resulted in:
-[...12 lines deleted...]
-- 4 partners' capacities for cross-border projects implementation improved.</t>
+    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
+- Oformljen 1 Prekogranični interventni vatrogasni tim i izrađen 1 Akcioni plan 
+- Poboljšan pristup interventnim vatrogasnim akcijama: 
+          a) 17,5 km protivpožarne prosjeke (8 HR i 9,5 BiH), 
+          b) 4 osmatračnice (2 HR i 2 BiH), 
+          c) 5 bunara (3 HR i 2 BiH) 
+- osnovana 2 obrazovno-info centra (1 HR i 1 BiH) i napravljene 4 obrazovno-rekreativne staze (1 HR i 3 BiH) 
+- 1020 učenika (20 HR i 1000 BiH) prošlo obuku na 10 obrazovnih susreta (1 HR i 9 BiH), 
+- 218 učenika (118 HR i 100 BiH) i 33 nastavnika (25 HR i 8 BiH) prošlo obuku kroz rad na terenu u obrazovno-info centrima i na obrazovno-rekreativnim stazama, 
+- oformljene i opremljene 4 eko-sekcije, 
+- 18 nastavnika (10 HR i 8 BiH) prošlo obuku iz programa „Obuka trenera“ 
+- pokrenuta 1 web stranica, 
+ -320 osoba učestvovalo na 4 događaja za širenje informacija (2 HR i 2 BiH) 
+- poboljšani kapaciteti 4 partnera za provođenje prekograničnih projekata.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -222,51 +223,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="12.7196153913225" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>