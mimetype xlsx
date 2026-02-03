--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -30,152 +30,152 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Building-up countryside tourism destinations around Sarajevo to diversify the ru ral economy</t>
   </si>
   <si>
     <t>179 957 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>This project encourage local networks of stakeholders and citizens to create a favourable environment for employment opportunities in Bosnia and Herzegovina. It generates new professional skills, in order to facilitate innovation, self-employment opportunities and complementary incomes in rural areas. This will strengthen a sustainable model of local rural economy, by diversification of strategies, valorising and preserving natural resources, local identities and heritage, in order to alleviate poverty and reduce rural exodus.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - A pilot RT cluster is created to structure 4 countryside tourism destinations around Sarajevo and to enhance their visibility, thanks to the exchange and support with EU partners;
 - Agriculture producers and rural enterprises in tourism strengthened their competiveness, by improving their professional skills, knowledge and quality of their offers
 - 4 destinations are actively promoted to gain new markets;
 - The expertise on rural tourism sector’s opportunities is increased, providing better capacity to the civil society organizations to influence policy and decision making processes.</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>Katun Roads of Montenegro and Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>396 518 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>The project plans to diversify tourism offer focused on promotion of rural destinations.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved infrastructure for tourism development in 50 katuns in cross border area,
 - Increased capacities of rural population (approximately 100 households) for tourism services in katuns,
 - Unique values of 50 katuns as drivers  for agriculture and tourism development promoted.
 </t>
   </si>
   <si>
     <t>Support to the development of rural tourism destinations in Rajac and Vranica mo untains</t>
   </si>
   <si>
     <t>117 953 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project proposes to diversify the tourism offer in general in selected areas of Vranica (BiH) and Rajac (Serbia) by supporting family scale and community projects.
 The activities are designed to support regional exchanges in the Western Balkans for local communities to share their economical initiatives and comparative advantages. The support to better professionalization in rural tourism sector will be ensured by creating regional networks to have a better representation and access to market at a EU level.</t>
   </si>
   <si>
     <t xml:space="preserve">During 24 months of implementation the project strived to unite the scattered rural tourism initiatives through identifying the existing businesses and stakeholders and organize them into a coherent tourist product. 
 These efforts, classified into three groups of activities: 1) small tourist infrastructure and equipment, 2) capacity building of different stakeholders and 3) promotional and networking activities. 
 In Bosnia and Herzegovina, 7 tracking trails in total length of 100 km in Vranica area were marked with mountaineering signalization; 5 information panels and small scale inventory including  3 tables, 30 benches and 50 signposts were installed along the trails. Two cycling trails were marked in total length of 30 km. This will increase the safety of the cyclists and enrich tourism offer in the area. 
 Two thematic routes were created in Fojnica and Kreševo 7 producers and 2 small family restaurants from Fojnica and Kreševo who offer traditional gastronomy and homemade specialities were promoted in “A mouthful of health” brochure. 8 cultural and religious monuments were promoted in “Bosnian soul and spirit” brochure. Both brochures (3800 copies) were promoted on 3 tourism fairs the offer was further improved by inclusion of a traditional blacksmith in Kreševo which had been reconstructed by the project, as well as by increasing capacities of the Vranica mountaineering association (Fojnica) by provision of safety equipment for climbers. 
 The project contributed to strengthening the competitiveness of the rural tourism actors in both territories by improving their professional skills. Through thematic trainings on B&amp;B management environmental aspects of tourism, traditional gastronomy in rural tourism and a study visit, rural tourism providers enhanced their knowledge and adopted new marketing and ICT tools, including a joint blog in the English language http://vranicarajac.wordpress.com/.
 These coordinated efforts on enhancement of the capacities and infrastructure resulted in establishment of new tourist offers: One day package tour created for local tourist offer in Ljig area and Fojnica respectively; two joint package tours created for 3-day and 5-day stays (including visit to Rajac and Ljig in Serbia, and Visegrad, Sarajevo and Fojnica in Central Bosnia). These package tours (1, 3 and 5 days) are available today at the Seoski Turizam Srbije and LTO Ljig website while the project established the web page www.alterural.ba to promote rural tourism in BiH.</t>
   </si>
   <si>
     <t>Strengthening professional adult education in rural areas</t>
   </si>
   <si>
     <t>94 030 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Gender
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project aimes at reinforcing social links in rural areas of Serbia and BiH, prevention of social isolation of marginalized rural groups (unemployed, women, youth) and revitalization and development of rural areas of Serbia and BiH involving mitigation of rural exodus in the cross border regions. The specific focus is given to new employment opportunities to rural families in Central Bosnia and Macvanski County through professional adult education.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 The project management procedures defined, communicated and implemented;
 New professional skills provided to rural families through tailor made assistance;
 Rural families linked to professional and social network in respective areas by regional exchanges and better access to information;
 Local decision makers/public stakehoders better informed about innovative tools for fight against social exclusion.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>