--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>