--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -6,119 +6,117 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
-    <t>Naziv projekta</t>
-[...17 lines deleted...]
-    <t>Akcija za povećanje energetske i vodne efikasnosti usluga vodosnabdijevanja</t>
+    <t>Project name</t>
+  </si>
+  <si>
+    <t>EU fund</t>
+  </si>
+  <si>
+    <t>Implementation period</t>
+  </si>
+  <si>
+    <t>Categories</t>
+  </si>
+  <si>
+    <t>Summary</t>
+  </si>
+  <si>
+    <t>Results</t>
+  </si>
+  <si>
+    <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
-[...15 lines deleted...]
-- Povećana svijest kod velikog broja aktera i šire javnosti o politikama, standardima i praksama za postizanje veće vodne i energetske efikasnosti u sektoru vodosnabdijevanja.
+    <t>2019 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gender
+ (Main); Climate action
+ (Main); Digital
+ (Significant); Civil society (Significant)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
+More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project will result in:
+- The capacities to improve water and energy efficiency of water supply services are strengthened.
+- Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
-    <t>Tipični proizvodi kao pokretač razvoja ruralnih područja – TERRA „Putevima meda kroz Durmitor i Hercegovinu“</t>
+    <t>Typical products as engine of development in rural areas - TERRA ''''Honey route s through Durmitor Mountain and Herzegovina''''</t>
   </si>
   <si>
     <t>153 607 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
-[...17 lines deleted...]
-- Turistički proizvod vidljiv, funkcionalan i prepoznat na širem području.
+    <t>2014 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Civil society (Main); Digital
+ (Significant); Gender
+ (Not targeted); Climate action
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The project sought to improve the living conditions of the population through the support and promotion of rural development and tourism based on typical local products. 
+More specifically, the aim was to accelerate development of rural areas through valorisation and commercialisation of honey as a typical product and to enable further development of typical products in the target area in line with standards and best practice cases in the EU. The project connected 6 municipalites from Montenegro and 9 municipalities in Bosnia and Herzegovina.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project resulted in:
+- Mapped honey value chain, and involved stakeholders accept their role in the future development of honey as a typical product,
+- Territorial/tourist product “Honey routes through Durmitor Mountain and Herzegovina” created ,
+- Improved capacities of 104 key stakeholders involved in development of the tourist/territorial product,
+- Tourist product visible, functional and recognised in the wide region.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -138,51 +136,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="10.044299534389" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>