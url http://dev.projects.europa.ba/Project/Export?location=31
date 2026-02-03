--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -6,114 +6,117 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
-    <t>Project name</t>
-[...17 lines deleted...]
-    <t>Economy recovery and establishment of early warning system in flooded municipalities of Doboj region</t>
+    <t>Naziv projekta</t>
+  </si>
+  <si>
+    <t>EU fond</t>
+  </si>
+  <si>
+    <t>Period implementacije</t>
+  </si>
+  <si>
+    <t>Kategorije</t>
+  </si>
+  <si>
+    <t>Sažetak</t>
+  </si>
+  <si>
+    <t>Rezultati</t>
+  </si>
+  <si>
+    <t>Ekonomski oporavak i uspostavljanje sistema ranog upozoravanja u poplavljenim zajednicama regije Doboj</t>
   </si>
   <si>
     <t>212 988 €</t>
   </si>
   <si>
     <t>2016 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Gender
-[...12 lines deleted...]
-    <t>EU support to regional development in BIH call VI ''''Agricultural Cooperatives development ACCORD under Lot 1</t>
+    <t xml:space="preserve">Polovi
+ (Glavna oblast); Digitalizacija
+ (Glavna oblast); Civilno društvo
+ (Važno); Akcije protiv klimatskih promjena
+ (Važno)</t>
+  </si>
+  <si>
+    <t>Ciljanih 5 opština u regiji Doboj usvojile su adekvatne okvire i resurse za primjenu kratkoročnih i srednjoročnih mjera odgovora i oporavka od mogućih prirodnih katastrofa, te za podršku porodicama koje su najviše pogođene poplavama (80) u 5 ciljanih opština radi ponovnog pokretanja i daljeg razvoja poljoprivredne proizvodnje.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta će rezultirati sljedećim:
+- Nadležni akteri u 5 ciljanih zajednica su izradili i stavili u postupak usvajanja adekvatan sistem ranog upozoravanja za odgovor i oporavak od poplava i drugih vrsta prirodnih katastrofa, a odabrane porodice koje su najviše pogođene poplavama (80) iz 5 ciljanih zajednica su ponovo pokrenule i razvile svoju poljoprivrednu proizvodnju.</t>
+  </si>
+  <si>
+    <t>EU podrška regionalnom razvoju u BiH pozivu VI Razvoj poljoprivrednih zadruga ACCORD u okviru Lota 1</t>
   </si>
   <si>
     <t>311 450 €</t>
   </si>
   <si>
     <t>2010 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Climate action
-[...13 lines deleted...]
-The biggest success of this project was introduction and successful completion of the process of obtaining the Global Gap and HACCAP certificates by Vocar and Agrokoraj agricultural cooperatives.</t>
+    <t xml:space="preserve">Akcije protiv klimatskih promjena
+ (Glavna oblast); Digitalizacija
+ (Važno); Polovi
+ (Važno); Civilno društvo
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mikro, mala i srednja poduzeća (MMSP) su pokretači novog zapošljavanja i rasta u Bosni i Hercegovini. Jasno je da je podrška MMSP-ima od krucijalnog značaja za budući ekonomski razvoj BiH. Međutim, MMSP se i dalje suočavaju sa brojnim preprekama rastu i razvoju. Uklanjanje ovih prepreka iziskuje aktivnosti svih relevantnih aktera zasnovane na koordinaciji i partnerstvu.
+Evropska unija je prepoznala ove potrebe i ponudila seriju razvojnih projekata kojim se daje doprinos jačanju rasta, otvaranju radnih mjesta i povećanju izvoznih potencijala MMSP u konkurentnim sektorima u Bosni i Hercegovini, poput industrija metala i drveta, mljekarstva, voća i povrća, kao i ljekovitok i aromatičnog bilja. U tom pogledu, ovaj projekt Evropske unije ima za cilj jačanje sektora voća i povrća u BiH kako bi postigao trend kontinuiranog rasta zaposlenosti tako što je za 7 (sedam) ciljnih poljoprivrednih zadruga iz 16 općina iz BiH osigurao povećanu proizvodnju i prodaju voća i povrća, otvaranje novih radnih mjesta i bolji pristup tržištu.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sredstvima Evropske unije, ovaj projekt je ostvario značajan utjecaj u smislu povećanja znanja i svijesti o standardima i kontroli kvalitete, kao i smislu unaprjeđenja tržišne pozicije za jedan mali segment domaćih poljoprivrednih proizvođača. Ukupno 200 novih poljoprivrednih proizvođača je uključeno u komercijalne lance zadruga, i obim proizvodnje je prilagođen zahtjevima tržišta kako bi se povećala ponuda voća i povrća kako na domaćem, tako i na regionalnom tržištu. 
+Pružili smo podršku u obliku tehničke obuke i paketa opreme za pokretanje (start-up paketi), što je omogućilo zadrugama da postignu značajne proizvodne rezultate u poljoprivrednoj sezoni 2011. To je omogućilo povećanje prosječnog prihoda domaćinstva za dodatnih 1.850 KM / godinu, a poljoprivredni proizvođači su ostvarili ukupni prihod od 369.919 KM od proizvodnje i prodaje voća i povrća preko ciljanih  zadruga.
+Opipljive koristi na nivou poljoprivrednih proizvođača uključuju: broj novih proizvođača u ciljanim zadrugama je povećan za dodatnih 200; broj novih zaposlenih je povećan za 22; proizvodnja i otkup hrane i povrća je povećan za 75%; prodaja proizvoda je povećana za 26%. Svih 7 zadruga je završilo obuku u Strateškom upravljanju i marketinškom planiranju i izradilo vlastite planove strateškog razvoja i marketinškog plana; 2 zadruge su uspješno završilo proces priprema za HACCP standard, i uspješno završilo proces certifikacije i dobilo HACCP certifikat, što ih čini konkurentnijim na globalnom tržištu; svih 7 zadruga i 200 poljoprivrednih proizvođača u njima su uspješno završili proces certifikacije za Globalne GAP standarde; svih 200 novih proizvođača su formalno uključeni u lance ciljnih zadruga i u mogućnosti su pružati dalje praktične i tehničke vještine vezane za proizvodnju hrane i povrća. Ova aktivnost je za ovih 200 proizvođača je bila neka vrsta faze inkubacije jer im je osiguran početni (start-up) paket.
+Najveći uspjeh ovog projekta je to što su zadruge Voćar i Agrokoraj uvele i uspješno okončale procedure dobivanja Global Gap i HACCAP certifikata.
+</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -132,51 +135,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="10.044299534389" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>