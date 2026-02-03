--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -6,166 +6,169 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <si>
-    <t>Project name</t>
-[...17 lines deleted...]
-    <t>Improving flooding prevention system in municipalities Bijeljina, Lopare, Sekovi ci, Sapna and Teocak</t>
+    <t>Naziv projekta</t>
+  </si>
+  <si>
+    <t>EU fond</t>
+  </si>
+  <si>
+    <t>Period implementacije</t>
+  </si>
+  <si>
+    <t>Kategorije</t>
+  </si>
+  <si>
+    <t>Sažetak</t>
+  </si>
+  <si>
+    <t>Rezultati</t>
+  </si>
+  <si>
+    <t>Poboljšanje sistema za prevenciju i zaštitu od poplava u gradu Bijeljina i opštinama Lopare, Šekovići, Sapna i Teočak</t>
   </si>
   <si>
     <t>199 411 €</t>
   </si>
   <si>
     <t>2016 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Civil society (Main); Gender
-[...14 lines deleted...]
-    <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
+    <t xml:space="preserve">Civilno društvo
+ (Glavna oblast); Polovi
+ (Važno); Akcije protiv klimatskih promjena
+ (Važno); Digitalizacija
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t>Svrha projekta je doprinijeti implementaciji kratkoročnih i srednjoročnih intervencija za oporavak područja pogođenih poplavama kroz podršku prioritetima u oblasti zaštite životne sredine, zapošljavanja, obrazovanja, zdravstva, socijalnog uključivanja i u bilo kojem drugom sektoru, isključujući obnovu stambene i javne infrastrukture.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
+- Organizacije civilnog društva (OCD) su podigle svijest javnosti kroz aktivnosti podizanja svijesti i zagovaranja o potrebi odgovornog upravljanja koritima vodotokova, sistemima odvodnje, sječom drveta, kao i o rizicima neodgovornog prostornog planiranja 
+- Ciljane opštine su uz pomoć OCD-a izradile planove za prevenciju i praćenje poplava, kao i sisteme ranog upozoravanja, 
+- Mali nezavisni biznisi primaju pomoć OCD-a za oporavak u područjima pogođenim poplavama.</t>
+  </si>
+  <si>
+    <t>Oporavak od poplava - stambeno zbrinjavanje u Republici Srpskoj (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
     <t>2017 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Digital
-[...14 lines deleted...]
-    <t>EU support to regional development in BIH call VI ''''Agricultural Cooperatives development ACCORD under Lot 1</t>
+    <t xml:space="preserve">Digitalizacija
+ (Glavna oblast); Polovi
+ (Važno); Akcije protiv klimatskih promjena
+ (Nije ciljano); Civilno društvo
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t>Doprinijeti implementaciji intervencija za oporavak područja pogođenih poplavama u sektorima koji imaju društvene implikacije.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta će rezultirati sljedećim:
+- 632 domaćinstva će biti zbrinuta u adekvatnim stambenim jedinicama otpornim na elementarne nepogode, a od tog broja će 120 domaćinstava takođe imati koristi od dodatnog godišnjeg prihoda kroz pomoć za ekonomsku održivost.
+- Oko 1.850 osoba, od kojih su najmanje 40% žene, u područjima pogođenim poplavama će imati direktnu korist od pomoći u okviru ove Akcije.</t>
+  </si>
+  <si>
+    <t>EU podrška regionalnom razvoju u BiH pozivu VI Razvoj poljoprivrednih zadruga ACCORD u okviru Lota 1</t>
   </si>
   <si>
     <t>311 450 €</t>
   </si>
   <si>
     <t>2010 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Climate action
-[...16 lines deleted...]
-    <t>Responsible Management of medical waste</t>
+    <t xml:space="preserve">Akcije protiv klimatskih promjena
+ (Glavna oblast); Digitalizacija
+ (Važno); Polovi
+ (Važno); Civilno društvo
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mikro, mala i srednja poduzeća (MMSP) su pokretači novog zapošljavanja i rasta u Bosni i Hercegovini. Jasno je da je podrška MMSP-ima od krucijalnog značaja za budući ekonomski razvoj BiH. Međutim, MMSP se i dalje suočavaju sa brojnim preprekama rastu i razvoju. Uklanjanje ovih prepreka iziskuje aktivnosti svih relevantnih aktera zasnovane na koordinaciji i partnerstvu.
+Evropska unija je prepoznala ove potrebe i ponudila seriju razvojnih projekata kojim se daje doprinos jačanju rasta, otvaranju radnih mjesta i povećanju izvoznih potencijala MMSP u konkurentnim sektorima u Bosni i Hercegovini, poput industrija metala i drveta, mljekarstva, voća i povrća, kao i ljekovitok i aromatičnog bilja. U tom pogledu, ovaj projekt Evropske unije ima za cilj jačanje sektora voća i povrća u BiH kako bi postigao trend kontinuiranog rasta zaposlenosti tako što je za 7 (sedam) ciljnih poljoprivrednih zadruga iz 16 općina iz BiH osigurao povećanu proizvodnju i prodaju voća i povrća, otvaranje novih radnih mjesta i bolji pristup tržištu.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sredstvima Evropske unije, ovaj projekt je ostvario značajan utjecaj u smislu povećanja znanja i svijesti o standardima i kontroli kvalitete, kao i smislu unaprjeđenja tržišne pozicije za jedan mali segment domaćih poljoprivrednih proizvođača. Ukupno 200 novih poljoprivrednih proizvođača je uključeno u komercijalne lance zadruga, i obim proizvodnje je prilagođen zahtjevima tržišta kako bi se povećala ponuda voća i povrća kako na domaćem, tako i na regionalnom tržištu. 
+Pružili smo podršku u obliku tehničke obuke i paketa opreme za pokretanje (start-up paketi), što je omogućilo zadrugama da postignu značajne proizvodne rezultate u poljoprivrednoj sezoni 2011. To je omogućilo povećanje prosječnog prihoda domaćinstva za dodatnih 1.850 KM / godinu, a poljoprivredni proizvođači su ostvarili ukupni prihod od 369.919 KM od proizvodnje i prodaje voća i povrća preko ciljanih  zadruga.
+Opipljive koristi na nivou poljoprivrednih proizvođača uključuju: broj novih proizvođača u ciljanim zadrugama je povećan za dodatnih 200; broj novih zaposlenih je povećan za 22; proizvodnja i otkup hrane i povrća je povećan za 75%; prodaja proizvoda je povećana za 26%. Svih 7 zadruga je završilo obuku u Strateškom upravljanju i marketinškom planiranju i izradilo vlastite planove strateškog razvoja i marketinškog plana; 2 zadruge su uspješno završilo proces priprema za HACCP standard, i uspješno završilo proces certifikacije i dobilo HACCP certifikat, što ih čini konkurentnijim na globalnom tržištu; svih 7 zadruga i 200 poljoprivrednih proizvođača u njima su uspješno završili proces certifikacije za Globalne GAP standarde; svih 200 novih proizvođača su formalno uključeni u lance ciljnih zadruga i u mogućnosti su pružati dalje praktične i tehničke vještine vezane za proizvodnju hrane i povrća. Ova aktivnost je za ovih 200 proizvođača je bila neka vrsta faze inkubacije jer im je osiguran početni (start-up) paket.
+Najveći uspjeh ovog projekta je to što su zadruge Voćar i Agrokoraj uvele i uspješno okončale procedure dobivanja Global Gap i HACCAP certifikata.
+</t>
+  </si>
+  <si>
+    <t>Odgovorno upravljanje medicinskim otpadom</t>
   </si>
   <si>
     <t>97 043 €</t>
   </si>
   <si>
     <t>2011 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Civil society (Main); Gender
-[...13 lines deleted...]
-    <t xml:space="preserve">With the European Union funding, this project had significant impact on more community based responsible environmental management and protection in the area of MW and more responsible public environment treatment. In particular, with our support, the knowledge and know-how of stakeholders and beneficiary/medical institutions' personnel is improved. Also, regional medical waste management plan is developed with the manual for medical waste management plan (MWMP) drafting.  Overall, the MWMP development process is initiated by targeted medical institutions that may be replicated with appropriate adjustments in hopefully more of future similar initiatives country wide.</t>
+    <t xml:space="preserve">Civilno društvo
+ (Glavna oblast); Polovi
+ (Glavna oblast); Digitalizacija
+ (Važno); Akcije protiv klimatskih promjena
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Okoliš je pitanje visokog ranga u evropskoj agendi, i sve više je to i u pogledu njenih intervencija u BiH. Strateški dokumenti BiH i Evropske unije naglašavaju značaj pravilne implementacije acquis-a koji se odnosi na zaštitu okoliša. Iako su zvanično za ovo usklađivanje odgovorne BiH vlasti, NVO zajednica ima vrlo značajnu ulogu u upravljanju tako što će upozoravati na kršenja, prikupljati informacije, koordinirati pilot projekte i obrazovati građane o njihovim pravima i obavezama.  Okolišne NVO u BiH su se značajno razvile tokom protekle decenije. Dalja podrška razvoju njihovih kapaciteta i poboljšanju znanja prepoznata je kao vrijedan aspekt njihovog izrastanja u punopravne i komplementarne partnere u implementaciji okolišnog acquis-a.
+Evropska unija je prepoznala ove potrebe i ponudila seriju razvojnih projekata koji doprinose poticanju partnerstava između vladinog i nevladinog sektora sa ciljem učinkovite implementacije EU standarda u okolišu u BiH.
+U tom pogledu, ovaj projekt Evropske unije ima za cilj da doprinese odgovornom upravljanju medicinskim otpadom (MO) i uključivanju održivih ekoloških, ekonomskih i socijalnih principa time što će se usvojiti poboljšanja zakonskog okvira i politika, kao i mehanizama implementacije. 
+Bio je zasnovan na konceptu zajedničkog rada predstavnika vlada, zdravstvenih ustanova, poslovnog sektora i NVO, na analizi situacije na planu upravljanja MO, njegovom tretmanu i odlaganju u ciljanom području sjeveroistočne BiH, i na Priručniku za izradu Plana upravljanja MO (PUMO) za zdravstvene ustanove uz korištenje inovativnih mehanizama i iskustava iz EU, uključujući mjere redovnog monitoringa i evaluacije ciljanih medicinskih ustanova.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koristeći sredstva Evropske unije, ovaj projekt je ostvario značajan utjecaj na većem zasnivanju odgovornog upravljanja i zaštite okoliša na zajednici kad se radi o MO i odgovornijem tretmanu javnog okoliša. Konkretno, uz našu podršku, unaprijeđeno je znanje i „know-how“ aktera i zaposlenih u korisničkim / medicinskim ustanovama. Također, izrađen je regionalni plan upravljanja medicinskim otpadom uz izradu priručnika za plan upravljanja medicinskim otpadom.  Generalno, proces izrade plana upravljanja medicinskim otpadom je pokrenut u ciljanim medicinskim institucijama, koji se može replicirati, uz odgovarajuće prilagodbe, nadati je se, većem broju budućih inicijativa slične vrste u cijeloj zemlji.</t>
   </si>
   <si>
     <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -187,51 +190,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="11.6259591238839" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>