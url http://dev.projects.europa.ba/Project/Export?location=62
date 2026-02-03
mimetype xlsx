--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -4,232 +4,229 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
-[...19 lines deleted...]
-    <t>Local development strategies</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
+  <si>
+    <t>Naziv projekta</t>
+  </si>
+  <si>
+    <t>EU fond</t>
+  </si>
+  <si>
+    <t>Period implementacije</t>
+  </si>
+  <si>
+    <t>Kategorije</t>
+  </si>
+  <si>
+    <t>Sažetak</t>
+  </si>
+  <si>
+    <t>Rezultati</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lokalne strategije razvoja
+(EU4Business)</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
     <t>2018 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Digital
-[...19 lines deleted...]
-    <t>Persons with disabilities - Leaders in beekeeping (self-employment of persons wi th disabilities)</t>
+    <t xml:space="preserve">Digitalizacija
+ (Glavna oblast); Civilno društvo
+ (Nije ciljano); Polovi
+ (Nije ciljano); Akcije protiv klimatskih promjena
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projektom je podstaknuta konkurentnost i inovacije mikro, malih i srednjih preduzeća (MMSP-ova) i poljoprivrednika u konkurentnim sektorima BiH. Implementiran je kroz partnerstvo GIZ-a, UNDP-a i MOR-a u iznosu od 16,1 milion EUR, od čega je Savezna Republika Njemačka osigurala 1,1 milion EUR. Pozivi za dodjelu grantova u ukupnoj vrijednosti od 10 miliona EUR rezultirali su sa 82 razvojna projekta za podršku MSP-ovima i lokalnim partnerstvima u poljoprivrednoj proizvodnji i preradi (20), turizmu (8) i izvozno orijentisanim sektorima (10). Sa 5 grantova su takođe podržana inovativna novoosnovana preduzeća, 24 MMSP-a su dobila pomoć da nabave modernu opremu, a 15 grantova je pomoglo u ublažavanju uticaja pandemije Covid-19 na privredu. Pored toga, grantovi EU su pokrenuli privatna ulaganja u iznosu od 6,3 miliona EUR, koja su omogućila otvaranje oko 500 novih radnih mjesta širom BiH. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta će rezultirati sljedećim:
+- Unaprijeđeni rezultati rada MMSP-ova zahvaljujući poslovnim ulaganjima i inovativnim uslugama u konkurentnim izvozno orijentisanim sektorima. 
+- Poslovno okruženje poboljšano za novoosnovana preduzeća i razvoj MSP-ova. 
+- Preduzetničke inicijative intenzivirane u turizmu i ruralnim lancima vrijednosti za ostvarivanje prihoda i zapošljavanje.</t>
+  </si>
+  <si>
+    <t>Osobe sa invaliditetom - lideri u pčelarstvu (samozapošljavanje osoba sa invaliditetom)</t>
   </si>
   <si>
     <t>167 708 €</t>
   </si>
   <si>
-    <t xml:space="preserve">Civil society (Significant); Gender
-[...12 lines deleted...]
-- Networking among honey producers in cross-border areas and joint placement of products in the market</t>
+    <t xml:space="preserve">Civilno društvo
+ (Važno); Polovi
+ (Nije ciljano); Akcije protiv klimatskih promjena
+ (Nije ciljano); Digitalizacija
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t>Cilj projekta je povećati zapošljivost osoba sa invaliditetom na projektnom području osiguravanjem obuke i opreme za pčelarstvo.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
+- Stečeno veliko znanje i vještine u pčelarstvu
+- Osigurana početna oprema i potrepštine za pokretanje poslovne inicijative u sektoru pčelarstva
+- Stavljanje na tržište novih društveno odgovornih proizvoda
+- Umrežavanje proizvođača meda u prekograničnim područjima i zajednički plasman proizvoda na tržište</t>
   </si>
   <si>
     <t>37 756 €</t>
   </si>
   <si>
-    <t xml:space="preserve">Climate action
-[...12 lines deleted...]
-    <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
+    <t xml:space="preserve">Akcije protiv klimatskih promjena
+ (Važno); Digitalizacija
+ (Nije ciljano); Civilno društvo
+ (Nije ciljano); Polovi
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t>Akcija za povećanje energetske i vodne efikasnosti usluga vodosnabdijevanja</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
     <t>2019 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Gender
-[...11 lines deleted...]
-- Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
+    <t xml:space="preserve">Polovi
+ (Glavna oblast); Akcije protiv klimatskih promjena
+ (Glavna oblast); Digitalizacija
+ (Važno); Civilno društvo
+ (Važno)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cilj projekta je da ojača održivi razvoj u prekograničnom području između Bosne i Hercegovine i Crne Gore poboljšanjem efikasnosti korištenja resursa u sektoru vodosnabdijevanja. 
+Konkretnije, projekat će ojačati kapacitete za vodno i energetski efikasno vodosnabdijevanje te promovisati EU politike i prakse za efikasno korištenje resursa u sektoru vodosnabdijevanja.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta će rezultirati sljedećim:
+- Ojačani kapaciteti za unapređenje vodno i energetski efikasnog vodosnabdijevanja.
+- Povećana svijest kod velikog broja aktera i šire javnosti o politikama, standardima i praksama za postizanje veće vodne i energetske efikasnosti u sektoru vodosnabdijevanja.
 </t>
   </si>
   <si>
-    <t>'''Investment for Future'''' CfP Cross-border co-operation BIH and Serbia, Appl ication no 66</t>
+    <t>`Investicije za budućnost ` CfP prekogranična suradnja BiH i Srbije, Aplikacija br.66</t>
   </si>
   <si>
     <t>23 713 €</t>
   </si>
   <si>
     <t>2010 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Civil society (Main); Gender
-[...12 lines deleted...]
-    <t>Social cohesion and cultural exchange through institutional and people to people interventions</t>
+    <t xml:space="preserve">Civilno društvo
+ (Glavna oblast); Polovi
+ (Važno); Akcije protiv klimatskih promjena
+ (Nije ciljano); Digitalizacija
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t>Ovaj projekt za mlade nastoji zadovoljiti potrebe mladih u prekograničnom području, posebno u općinama Sokolac i Arilje, povećanjem interakcije između vršnjaka sa ciljem jačanja omladinskog aktivizma, kulturnih i sportskih veza i zajedničkog učešća u aktivnostima od zajedničkog interesa.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Projekt je obuhvatio oko 400 mladih starosti 14 do 20 godina direktno, i oko 2000 ljudi indirektno. Ovi direktni korisnici projektnih aktivnosti su naučili skijati na Jahorini, pohađali su školu plivanja u Arilju i organizirali ljetne kampove i festivale mladih u Sokocu i Arilju.
+2. Projekt je pojačao suradnju između dvije zajednice, Sokolac i Arilje: Memorandum o bratimljenju je potpisan u maju 2011.
+</t>
+  </si>
+  <si>
+    <t>Ljetna škola inkluzije - Aplikacija 20137</t>
   </si>
   <si>
     <t>41 739 €</t>
   </si>
   <si>
     <t>2013 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Civil society (Main); Gender
-[...15 lines deleted...]
-    <t>Give me a chance</t>
+    <t xml:space="preserve">Civilno društvo
+ (Glavna oblast); Polovi
+ (Glavna oblast); Digitalizacija
+ (Važno); Akcije protiv klimatskih promjena
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projekt nastoji doprinijeti stvaranju kontakata na različitim razinama i sektorima djelatnosti, koristeći potencijale prekogranične saradnje za razvoj institucionalnih veza i mreža koje mogu mobilizirati dostupne regionalne i nacionalne resurse koji se bave socijalnom inkluzijom djece s invaliditetom.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projekt je dao ​​doprinos uključivanju i integraciji djece s invaliditetom u njihove zajednice kroz različite mjere: 
+1)Ljetna škola inkluzije,  okupila je ukupno 242 djece iz 20 zajednica/gradova u BiH i CG da aktivno komuniciraju s djecom sa invaliditetom, da izgrade svoje kapacitete kroz različite prilagođene radionice i izlete u prirodu.
+2)	Okupljanje dječjih udruženja kako bi se poboljšala njihova saradnja i sinergija, poboljšale usluge pomoći koje pružaju svojim članovima i proširili  aspekte te pomoći.
+3)	Edukativne radionice za pedagoge, općinske predstavnike, socijalne radnike, te roditelje djece sa invaliditetom kroz koje će steći osnovna znanja o važnosti i pojedinostima rada s djecom sa posebnim potrebama.  Održano je ukupno 6 radionica (3 u svakom gradu), na kojima je učestvovalo 108 učesnika, pedagoga, predstavnika lokalnih vlasti, socijalnih radnika i roditelji djece sa invaliditetom. 
+Što se tiče uspostave prekograničnog partnerstva i mreža, sva udruženja  i njihovi sindikati (u BiH na razini entiteta, te u Crnoj Gori na nacionalnoj razini), bili su pozvani da aktivno sudjeluju u zajedničkim pripremama metodologije i programa za ljetnu školu inkluzije. Osim toga, mreža od tri sindikata i 35 kvalificiranih udruženja (uglavnom na općinskoj razini) zajednički su pripremili zajednički projektni prijedlog kao jedan od prvih koraka njihove buduće saradnje.</t>
+  </si>
+  <si>
+    <t>Pruži mi šansu</t>
   </si>
   <si>
     <t>66 922 €</t>
   </si>
   <si>
     <t>2015 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Gender
-[...12 lines deleted...]
-- Raised awareness of policy makers, representatives of institutions and other sport stakeholders and citizens about sport as a mean for contribution to better participation and social inclusion of persons with intellectual disabilities.</t>
+    <t xml:space="preserve">Polovi
+ (Glavna oblast); Digitalizacija
+ (Glavna oblast); Akcije protiv klimatskih promjena
+ (Važno); Civilno društvo
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opšti cilj projekta je doprinijeti ravnopravnosti i zaštiti prava osoba sa intelektualnim smetnjama za učešće u kulturnom životu, rekreaciji, slobodnim i sportskim aktivnostima u skladu sa UN-ovom Konvencijom o pravima osoba sa invaliditetom. 
+Posebni cilj je povećati socijalnu uključenost i učešće osoba sa intelektualnim smetnjama iz Crne Gore i Bosne i Hercegovine kroz njihovo uključivanje u sportske aktivnosti.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
+- Ojačani kapaciteti i umrežavanje organizacija i institucija koje nastoje povećati socijalnu uključenost osoba sa intelektualnim smetnjama kroz sportske aktivnosti. 
+- Podignut nivo mobilnosti, učešća i uključenosti osoba sa intelektualnim smetnjama u kulturnom i sportskom životu na državnom i regionalnom nivou. 
+- Podignuta svijest kreatora politika, predstavnika institucija i drugih sportskih aktera i građana o sportu kao sredstvu za doprinošenje kvalitetnijem učešću i socijalnoj uključenosti osoba sa intelektualnim smetnjama.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -248,51 +245,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="12.7196153913225" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
@@ -331,112 +328,112 @@
       </c>
       <c r="E3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="D5" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="F5" s="2" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="D6" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D8" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>