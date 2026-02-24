--- v0 (2025-12-31)
+++ v1 (2026-02-24)
@@ -30,93 +30,93 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Publishing Services for Delegation of the EU to BiH in Federation BIH 2016-2018</t>
   </si>
   <si>
     <t>0 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Gender
  (Significant); Civil society (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Police Data Management and Protection Western Balkan - Software solution for imp rovement of Electronic Data Exchange System</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t>Police Data Management and protection - Servers virtualisation - VMware</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Technical contract covering increase of contract amount related to Addendum No. 2 to contract 2015/369-213</t>
   </si>
   <si>
     <t>2 982 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Main); Civil society (Significant)</t>
   </si>
   <si>
     <t>Flood recovery through flood prevention</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>EU Contribution to the participation of BiH in the EU Programme HORIZON 2020</t>
   </si>
   <si>
     <t>1 232 478 €</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Significant); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>1 228 713 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Digital
@@ -369,72 +369,72 @@
   <si>
     <t>EU Contribution to the participation of Bosnia and Herzegovina in the European U nion Programme ''''Fiscalis 2020" for the years 2017 and 2018</t>
   </si>
   <si>
     <t>58 000 €</t>
   </si>
   <si>
     <t>Audit plan 2017 - Verification missions</t>
   </si>
   <si>
     <t>63 127 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Audit Plan 2017 - Financial Audits - part 1 (related to CTR 2017/394-247)</t>
   </si>
   <si>
     <t>59 095 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Main); Gender
  (Significant)</t>
   </si>
   <si>
     <t>Audit Plan 2017 - Financial Audits - part 2 (related to CTR 2017/392-014)</t>
   </si>
   <si>
     <t>17 386 €</t>
   </si>
   <si>
     <t>Interest for late payment for contract no 2013/346-989</t>
   </si>
   <si>
     <t>269 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>Persons with disabilities - Leaders in beekeeping</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Management of EU Info Centre and EU Info Points 2018 in Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>476 187 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
@@ -576,51 +576,51 @@
   <si>
     <t>Health (2014-2018) - EU Contribution to the 2018 participation of BiH to the pro gramme</t>
   </si>
   <si>
     <t>46 701 €</t>
   </si>
   <si>
     <t>Technical contract to increase the amount of CTR 2017/388-895</t>
   </si>
   <si>
     <t>14 420 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Audit plan 2018 - Verification missions</t>
   </si>
   <si>
     <t>41 973 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>12 Expenditure Verifications</t>
   </si>
   <si>
     <t>81 510 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Significant); Digital
  (Significant); Civil society (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>Support for the Operational Budget of the Office of the High Representative (OHR ) in Bosnia and Herzegovina from 1 July 2018 to 30 June 2019</t>
   </si>
   <si>
     <t>2 838 698 €</t>
   </si>
@@ -922,51 +922,51 @@
   </si>
   <si>
     <t>Further development of VET levels 2-5 and introduction of digital and entrepreneurial competencies in schools</t>
   </si>
   <si>
     <t xml:space="preserve">Development of 17 new Qualification Standards and 9 Occupational Standards + 1 Action plan on the development of additional 36 occupational standards (90 in total) until 2029 and 25 additional qualification standards (44 in total) until 2029.
 2. 20% of VET schools with teachers trained in digital competences (current baseline: 0% (2018), equivalent to 43 pilots at VET school level, reaching 90 VET teachers and piloting digital content with 800 students.
 3. 20% of VET schools with teachers trained in entrepreneurial competences (current baseline: 10% (2018) equivalent to 22 pilots at VET school level, reaching 45 teachers and 400 students.
 4. 1 Action plan on rolling-out teacher training in digital competences to a total of 35% of VET schools until 2029.
 5. 1 Action plan on rolling-out teacher training in entrepreneurial competences to a total of 35% of VET schools until 2029. 
 </t>
   </si>
   <si>
     <t>Support to management of the EU Info Centre in Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>660 000 €</t>
   </si>
   <si>
     <t>SUPPORT FOR THE OPERATIONAL BUDGET OF THE OFFICE OF THE HIGH REPRESENTATIVE (OHR ) IN BOSNIA AND HERZEGOVINA FROM JULY 2015 TO JUNE 2016</t>
   </si>
   <si>
     <t>3 410 725 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t>Support to Transformation of Care Institutions</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Gender
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Media Monitoring Service 2016-2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>