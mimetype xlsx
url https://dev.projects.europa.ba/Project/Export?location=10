--- v0 (2025-12-31)
+++ v1 (2026-02-24)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>'''Establishment of Resource Centre for NGOs youth network in the Brcko Distric t''''</t>
   </si>
   <si>
     <t>197 694 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective(s): To contribute to democratic stabilization, reconciliation and further development of Bosnia and Herzegovina by strengthening the civil society to participate in the decision and policy making processes at all government levels and in all fields of governance.
 Specific objective: 
 •	To establish the permanent civil society resource centre as a learning centre for the NGOs, in the Brcko wider region.
 •	To improve the skills of the network members on fundraising, communication, advocacy and lobbying as well as project writing skills.
 •	To support development of the newly established, grass roots organisations.
 •	Public awareness on the role of the civil society organisations in a modern society. 
 •	Establish a dialogue with the public authorities.</t>
   </si>
   <si>
     <t xml:space="preserve">- Recource centre for youth CSOs development established
 - capacity building trainings for youth CSOs delivered.
 - protocol on cooperation signed with Brcko District government
 - public awareness raised on role of non-governmental sector in the society.</t>
   </si>
   <si>
     <t/>
   </si>