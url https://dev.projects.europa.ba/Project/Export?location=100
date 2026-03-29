--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Persons with disabilities - Leaders in beekeeping (self-employment of persons wi th disabilities)</t>
   </si>
   <si>
@@ -97,170 +97,170 @@
 - Networking among honey producers in cross-border areas and joint placement of products in the market</t>
   </si>
   <si>
     <t>37 756 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Acquired a wealth of knowledge and skills in beekeeping
 - Provided starter equipment and supplies for establishing a business initi ative in beekeeping sector
 - Marketing of new socially responsible products
 - Networking among honey producers in cross-border areas and joint place ment of products in the market</t>
   </si>
   <si>
     <t>Joint Efforts for 5% Less Waste (5% LESS) (waste management in 6 local communit ies)</t>
   </si>
   <si>
     <t>411 105 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to develop an integrated and environmentally sound waste management system in 6 municipalities in the cross-border area of Bosnia and Herzegovina and Montenegro. 
 At the same time, the plan is to increase the amount of recycled waste for 5% until the end of 2021 in these municipalities.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 12 institutions and organizations increased their capacity for waste management,
 - Better enforcement of 6 waste management plans implemented,
 - Extra-curricular programme in secondary education on both sides of the border in 4 schools will be harmonized and introduced,
 - 6 % of program area population will be covered by public awareness raising and sensitized for waste reduction and proper collection.</t>
   </si>
   <si>
     <t>Lake to Lake Green Tourism- Lake2Lake</t>
   </si>
   <si>
     <t>263 840 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Significant); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Although rich in natural and cultural resources, wider area of municipalities of Vrlika (Croatia) and Prozor-Rama (BiH) are not yet recognized as attractive tourist destinations. Therefore, local authorities of the Municipality of Vrlika and Municipality of Prozor-Rama decided to put their efforts together to initiate projects for revitalization of its wider area with a focus on Peruča and Rama Lakes as important natural recourses for creation and improvement of their tourist offer. 
 With education of local stakeholders, construction of tourist infrastructure, and strong promotional campaign, all necessary preconditions will be created for tourism development in this area, which will enable interested private entrepreneurs and rural households to link to tourist infrastructure and enrich tourist offer, and thus generate additional income.
 With a goal to improve the competitiveness of the joint cross-border tourism offer based on complementary natural and cultural attraction basis and to create a positive economic climate for the inclusion of the wider area in the tourist flux, this project focuses on creating a  joint offer for sports and recreation tourism through the establishment and equipping of the Centre for sports and recreational tourism on two cross-border locations.</t>
   </si>
   <si>
     <t xml:space="preserve">The project established and equipped a Centre for sports and recreational tourism on the Rama Lake in Bosnia and Herzegovina (and an equivalent facility on the Peruca Lake in Croatia).  The Rama Centre now includes a hangar which serves as a warehouse for rowing boats, to which an access road was constructed. To enable the Centre to organise sport and recreational activities, sports competitions and adequate equipment storage, in addition to the warehouse and access road, the project provided the equipment including 3 pontoons, 2 systems for track regatta marking, 2 catamarans for trainers, 2 catamarans for referees, while appropriate required insfrastructure was provided for the Peruca Lake in Croatia.
 Along with the infrastructure improvement, Prozor Rama established their Rowing Club in August 2012, which has largely benefitted from the cross-border know-how transfer with the Rowing Club Vrlika from Croatia.  
 To increase the visibility and attractiveness of the area, 48 tourist signs were installed in Prozor Rama and an equivalent number in Vrlika. Joint promotional efforts included the design of a web page: www.cbclake2lake.com, and various promotional material.
 The promotional campaign of new and improved sports facilities and tourist offer had its peak in June 2013 at the final conference event and rowing regatta organised by the two Centres.</t>
   </si>
   <si>
     <t>Journalists without borders</t>
   </si>
   <si>
     <t>16 368 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project seeks to contribute to the cross-border co-operation through strengthening connections between local journalists. The focus of this project is to increase capacities of local journalists in the target area through joint activities in the field of investigative journalism.</t>
   </si>
   <si>
     <t xml:space="preserve">50 journalists from the project region had the opportunity to learn and implement knowledge of investigative journalism in the “Summer School of Investigative Journalism”.  During the project, they went through theoretical as well as practical work in investigative journalism which improved their skills and enable them to start applying new methods in their work. 11 investigative journalism projects were developed and presented  to the public.</t>
   </si>
   <si>
     <t>'''Our Lady of Sinj Route''''</t>
   </si>
   <si>
     <t>178 206 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of the project is to enhance joint tourist offers based on common cultural identity in the Croatian-BiH space in order to improve the competitiveness of the local tourism economy. The stated should be realized by means of development of small scale infrastructure along Our Lady of Sinj Route aimed to enhance the attractiveness of Croatian-BiH cross border region as a tourism destination, improvement of knowledge/skills of tourism service providers and NGOs in the Croatian-BiH region to promote tourist offers and provide quality service to tourists, raising awareness among citizens &amp; tourists of the offers, services &amp; attractions along the Our Lady of Sinj Route, etc. Some of the project activities include: construction and installation of necessary infrastructure for the development and renovation of the Our Lady of Sinj Route, creation of training programmes for the tourism service providers and NGOs in the Croatian-BiH cross border region on tourism marketing, event management, customer service provision, &amp; ICT basics, implementation of training for tourism service providers and NGOs, identification and analysis of tourism offers/products &amp; attractions along the Our Lady of Sinj Route, development of joint tourism promotion strategy, etc.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Increased attractiveness of the Croatian-BiH cross border region as a tourism destination through the construction and installation of the infrastructure and equipment needed for the development and renovation of the Our Lady of Sinj Route; 
 Raised knowledge and skill levels of tourism service providers and NGOs in the Croatian-BiH cross border region to promote attractions and tourism offers;
 Increased awareness in the Croatian-BiH region among citizens &amp; tourists of the tourism offers/attractions in the Croatian-BiH region and of the added value of the project to the tourism development of the region.</t>
   </si>
   <si>
     <t>Give me a chance</t>
   </si>
   <si>
     <t>66 922 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Main); Climate action
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall project objective is to contribute to equality and protection of the rights of persons with intellectual disabilities for the participation in cultural life, recreation, leisure and sport in accordance with UN Convention on the Rights of Persons with Disabilities. 
 Specific objective is to enhance social inclusion and participation of persons with intellectual disabilities from Montenegro and Bosnia and Herzegovina trough mainstreaming sporting activities.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Strengthened capacities and networking of organisations and institutions aiming to work on enhancing social inclusion of persons with intellectual disabilities trough sport activities. 
 - Improved level of mobility, participation and inclusion of persons with intellectual disabilities in cultural and sport life on national and regional level. 
 - Raised awareness of policy makers, representatives of institutions and other sport stakeholders and citizens about sport as a mean for contribution to better participation and social inclusion of persons with intellectual disabilities.</t>
   </si>
   <si>
     <t>Recovering SMEs in flood affected areas and strenghtening their competitivenes b ased on local economic development partnership</t>
   </si>
   <si>
     <t>8 950 000 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Project helped to re-establish and improve competitiveness of the selected SMEs and business locations after the 2014 floods. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">This project resulted in:
 - SMEs of the metal, wood, agribusiness and tourism sectors have further improved their competitiveness. 
 - Strengthened capacities of 10 municipalities to support economic recovery and development. 
 - Cooperation between the public and private sector to support economic recovery and strengthen competitiveness of selected business locations and their SMEs is improved. 
 - Business models along value chains are strengthened.
 - 4 million EUR worth grants have enabled SMEs in agri-business, metal and wood processing to obtain standards for improved products and services, CE certification and introduce innovation for the placement of new products and services on EU market. 
 - Some 30 SMEs increased their flood management resilience by implementing action plans for protection of employees, infrastructure and equipment while 90 new jobs were opened to  support the local economies.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">