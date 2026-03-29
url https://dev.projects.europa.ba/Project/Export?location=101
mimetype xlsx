--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,231 +30,231 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>From the Medieval Fortresses in Herzegovina to the Austro-Hungarian Fortresses i n Montenegro / FORT-NET</t>
   </si>
   <si>
     <t>396 841 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to diversify tourism offer, basing its work on connecting historical cities and rural areas rich in cultural heritage. 
 In parallel, capacities of local stakeholders will be strengthened in the area of valorisation,  interpretation, promotion and integration of cultural assets into economic and social life of local communities.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Cross-border tourist cluster with the aim to create a recognizable thematic tourist offer "From the Medieval Fortresses in Herzegovina to the Austro-Hungarian Fortresses in Montenegro" mapped and formed, connecting 15 most reputable structures in the MNE through a minimum of 10 organized hiking / cycling routes and 4 structures in BiH
 - Light visitor and access infrastructure arranged to support the development of key products (sign posting and recreational facilities for tourism purposes)
 - Small-scale conservation and restoration works on Old Town Ljubuški performed
 - Joint marketing campaign implemented
 - Capacity of target groups regarding development and management in cultural tourism and its potential to spill off and improve economic and social environment of cross border area improved</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generating the economic growth and employment by increasing the competitiveness in the Medical and Aromatic Plants (MAP) sector. The project strengthened economically actors of MAP sector by creating value-added products, based on knowledge, networking, application of new technologies, demand driven market approach, and quality standards introduction.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union established the AgroMAP network of MAP sector's collectors, producers and processors by having brought together 2,165 participants who networked together and share harvesting, cutting and packaging machines, distillers, refrigerators and other essential equipment.
 Together with educational workshops, this network has exchanged results in increased know-how and a wider skill set for those involved. We also increased the income of MAP sector actors by certifying plantations, marketing strategy developed, supply chain branding and foreign market product positioning. Also, an initiative to create an adequate credit line for the MAP sector has been launched. 
 The wider target area also feels the economic benefits through raising plantations and ensuring survival and improvement of existing as well as further development of new opportunities for entrepreneurs.</t>
   </si>
   <si>
     <t>Development of Tourist Itinerary for Cross Border Region between BIH and MNE</t>
   </si>
   <si>
     <t>91 409 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project focuses on development of the Tourist Itinerary for the Cross-border Region between BiH and MNE to include the following areas 
 BiH: 
 Stari Grad Municipality Sarajevo, Konjic Municipality, Mostar, Stolac Municipality, Trebinje Municipality, Čapljina Municipality, Jablanica Municipality
 MNE:
 Nikšić Municipality, Herceg Novi Municipality, Kotor Municipality, Tivat Municipality
 This route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector.</t>
   </si>
   <si>
     <t xml:space="preserve">In order to link people and trade goods, increase turnovers and income in the cross-border region between BiH and MNE, increase production of national products and similar activities, it was imperative to establish effective cross-border cooperation between these two countries. Therefore our TP Centers cooperated closely on mutual activities: education, trainings, visits to fairs, organization of events, maintenance of the mutual website and databases and organization of final two tourist itinerary routes.
 Development of the Tourist Itinerary for the Cross-Border Region included the said destinations and the route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector. The itineraries were promoted in all project events and through participation if fairs, as well as the project developed web site (www.itinereri.com).
 Two TP centers, established in Sarajevo and in Kotor respectively, will serve as hub for TP companies and provide relevant data, information and services aimed at improvement of knowledge and skills of TP companies.
 Main performance parameters included number and quality of networks links and projects backed and facilitated by this Project.</t>
   </si>
   <si>
     <t>Developemnt of Tourist Itinerary for Cros Border Region between BIH and MNE</t>
   </si>
   <si>
     <t>0 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project focuses on development of Tourist Itinerary for the Cross-border Region between BiH and MNE to include the following areas 
 BiH: 
 Stari Grad Municipality Sarajevo, Konjic Municipality, Mostar, Stolac Municipality, Trebinje Municipality, Čapljina Municipality, Jablanica Municipality
 MNE:
 Nikšić Municipality, Herceg Novi Municipality, Kotor Municipality, Tivat Municipality
 This route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector.</t>
   </si>
   <si>
     <t xml:space="preserve">In order to link people and trade goods, increase turnovers and income in the cross-border region between BiH and MNE, increase production of national products and similar activities, it was imperative to establish effective cross-border cooperation between these two countries. Therefore our TP centers cooperated closely on mutual activities: education, trainings, visits to fairs, organization of events, maintenance of the mutual website and databases and organization of final two tourist itinerary routes.
 Development of Tourist Itinerary for the Cross-Border Region included the said destinations and the route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector. The itineraries were promoted in all project events and through participation on fairs, as well as the project developed web site (www.itinereri.com).
 Two TP centers, established in Sarajevo and in Kotor respectively, will serve as hub for TP companies and provide relevant data, information and services aimed at improvement of knowledge and skills of TP companies.
 Main performance parameters included number and quality of networks links and projects backed and facilitated by this Project.</t>
   </si>
   <si>
     <t>'''Cross-border Fire Protection"</t>
   </si>
   <si>
     <t>143 058 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective of the project is to reduce the vulnerability of BiH and Montenegro to natural disasters and preserve the environment and natural resources through cross-border cooperation in the area of disaster risk reduction (DRR) and implementation of a joint program for reduction of open space fires. 
 Specific objective is to improve the capacity of the cross-border area to deal with open space fires through cross-border cooperation, joint capacity building and awareness raising campaign.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved capacity of national and municipal institutions and services dealing with protection and rescue;
 - Population and local authorities in the cross-border area and target municipalities familiarised with preventive actions against fires, protection and rescue and DRR;
 - Improved cross-border cooperation between institutions and services in charge of protection and rescue from BiH and Montenegro;
 - Improved capacity of the voluntary fire fighting associations from target municipalities and their work and importance for protection of local communities promoted.</t>
   </si>
   <si>
     <t>Typical products as engine of development in rural areas - TERRA ''''Honey route s through Durmitor Mountain and Herzegovina''''</t>
   </si>
   <si>
     <t>153 607 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project sought to improve the living conditions of the population through the support and promotion of rural development and tourism based on typical local products. 
 More specifically, the aim was to accelerate development of rural areas through valorisation and commercialisation of honey as a typical product and to enable further development of typical products in the target area in line with standards and best practice cases in the EU. The project connected 6 municipalites from Montenegro and 9 municipalities in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Mapped honey value chain, and involved stakeholders accept their role in the future development of honey as a typical product,
 - Territorial/tourist product “Honey routes through Durmitor Mountain and Herzegovina” created ,
 - Improved capacities of 104 key stakeholders involved in development of the tourist/territorial product,
 - Tourist product visible, functional and recognised in the wide region.
 </t>
   </si>
   <si>
     <t>Anti Dop Ambassadors beyond borders. Youth cooperation in drug use prevention</t>
   </si>
   <si>
     <t>78 447 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project set as its goal to contributre to sustainable social cohesion in cross border regions. Its focus was on addressing substance abuse issues among youth with the aim to decrease the risk of drug abuse among youth through awareness raising actions and multidisciplinary approach (synergy of civil sector, public institutions and youth initiatives).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Enhanced capacities of the youth in regards to addiction prevention and de veloped cross border Anti Dop Ambassadors youth network 
 - Raised awareness about the role of family institution in addiction prevention among parents from eligible area 
 - Established long-term cross-border partnerships of institutional cooperation (NGO’s and public) 
 - Enhanced social awareness about drug problem through successful promotion of the project in the media.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>