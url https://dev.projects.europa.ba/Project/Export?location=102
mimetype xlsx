--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -6,192 +6,188 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <si>
-    <t>Naziv projekta</t>
-[...17 lines deleted...]
-    <t>Održivi razvoj turizma - Preko hercegovačkih staza do dubrovačkih Elafita</t>
+    <t>Project name</t>
+  </si>
+  <si>
+    <t>EU fund</t>
+  </si>
+  <si>
+    <t>Implementation period</t>
+  </si>
+  <si>
+    <t>Categories</t>
+  </si>
+  <si>
+    <t>Summary</t>
+  </si>
+  <si>
+    <t>Results</t>
+  </si>
+  <si>
+    <t>Sustainable tourist development - From Herzegovina trails to Dubrovnik Elafiti i slands</t>
   </si>
   <si>
     <t>205 679 €</t>
   </si>
   <si>
     <t>2014 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Civilno društvo
-[...12 lines deleted...]
-- Zajednički razvijene i promovisane inovativne prekogranične turističke ponude u Popovom polju i na Elafitskim otocima.
+    <t xml:space="preserve">Civil society (Main); Digital
+ (Significant); Gender
+ (Not targeted); Climate action
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The project worked to expand the coastal tourist offer into the cross border area of inland and island territories surrounding Dubrovnik and Mostar. In this effort, the project increased the exchanges and cooperation between Croatian and BiH tourist operators. 
+The project resulted in establishment of the Blue section of the Via Dinarica Trail and thus enhanced innovative community-based services and the valorisation of the natural resources in Popovo polje and Elafiti islands.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project resulted in:
+- Capacity and skills of tourist operators in the cross border region increased in identifying, developing and managing tourist potential of inland territories and islands; 
+- Jointly developed and promoted innovative tourism cross border offers in Popovo polje and Elafiti islands.
 </t>
   </si>
   <si>
-    <t>Bicikliranjem kroz povijest – Revitalizacija stare uskotračne pruge „Ćiro“</t>
+    <t>Cycling Through the History - Revitalisation of the Old Narrow Gauge Railway '' ''Ciro''''</t>
   </si>
   <si>
     <t>279 285 €</t>
   </si>
   <si>
-    <t xml:space="preserve">Digitalizacija
-[...17 lines deleted...]
-    <t>Prekogranična zaštita od požara</t>
+    <t xml:space="preserve">Digital
+ (Main); Civil society (Significant); Gender
+ (Not targeted); Climate action
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Overall objective of the project was to contribute to integration of the economy in the bordering regions of Dubrovnik-Neretva and Herzegovina through development of new joint tourism offer.
+Specific objective of the project is to revitalize the old narrow gauge railway "Ćiro" between Mostar (BiH) and Konavle (CRO), through establishment of bicycle trail, as new joint tourist product with clear identity and image. It will also aim to increase quantity and quality of tourism offer and tourism services in bordering regions of Dubrovnik-Neretva and Herzegovina.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project resulted in:
+- Cross-border partnership enhanced and strengthened.
+- Old narrow gauge railway 'Ćiro' route cleaned, reconstructed, equipped, and signalized.
+- Tourist services and offer along the old narrow gauge railway 'Ćiro'  biking route enhanced.
+- New cycling rout marketed and promoted.</t>
+  </si>
+  <si>
+    <t>'''Cross-border Fire Protection"</t>
   </si>
   <si>
     <t>143 058 €</t>
   </si>
   <si>
-    <t xml:space="preserve">Civilno društvo
-[...17 lines deleted...]
-    <t>Tipični proizvodi kao pokretač razvoja ruralnih područja – TERRA „Putevima meda kroz Durmitor i Hercegovinu“</t>
+    <t xml:space="preserve">Civil society (Main); Gender
+ (Main); Climate action
+ (Not targeted); Digital
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Overall objective of the project is to reduce the vulnerability of BiH and Montenegro to natural disasters and preserve the environment and natural resources through cross-border cooperation in the area of disaster risk reduction (DRR) and implementation of a joint program for reduction of open space fires. 
+Specific objective is to improve the capacity of the cross-border area to deal with open space fires through cross-border cooperation, joint capacity building and awareness raising campaign.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project resulted in:
+- Improved capacity of national and municipal institutions and services dealing with protection and rescue;
+- Population and local authorities in the cross-border area and target municipalities familiarised with preventive actions against fires, protection and rescue and DRR;
+- Improved cross-border cooperation between institutions and services in charge of protection and rescue from BiH and Montenegro;
+- Improved capacity of the voluntary fire fighting associations from target municipalities and their work and importance for protection of local communities promoted.</t>
+  </si>
+  <si>
+    <t>Typical products as engine of development in rural areas - TERRA ''''Honey route s through Durmitor Mountain and Herzegovina''''</t>
   </si>
   <si>
     <t>153 607 €</t>
   </si>
   <si>
-    <t xml:space="preserve">Projekat je nastojao doprinijeti poboljšanju uslova života stanovništva kroz podršku i promociju ruralnog razvoja i turizma fokusiranjem na tipične lokalne proizvode. 
-[...7 lines deleted...]
-- Turistički proizvod vidljiv, funkcionalan i prepoznat na širem području.
+    <t xml:space="preserve">The project sought to improve the living conditions of the population through the support and promotion of rural development and tourism based on typical local products. 
+More specifically, the aim was to accelerate development of rural areas through valorisation and commercialisation of honey as a typical product and to enable further development of typical products in the target area in line with standards and best practice cases in the EU. The project connected 6 municipalites from Montenegro and 9 municipalities in Bosnia and Herzegovina.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project resulted in:
+- Mapped honey value chain, and involved stakeholders accept their role in the future development of honey as a typical product,
+- Territorial/tourist product “Honey routes through Durmitor Mountain and Herzegovina” created ,
+- Improved capacities of 104 key stakeholders involved in development of the tourist/territorial product,
+- Tourist product visible, functional and recognised in the wide region.
 </t>
   </si>
   <si>
-    <t>Agrobiznis - oplemenjivanje poljoprivredne baštine u prekograničnoj dubrovačko-hercegovačkoj regiji</t>
+    <t>AgriBusiness - Agriculture Heritage Capitalisation in Dubrovnik-Herzegovina Cros s-Border Region</t>
   </si>
   <si>
     <t>171 526 €</t>
   </si>
   <si>
     <t>2015 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Civilno društvo
-[...21 lines deleted...]
-- Uspješno promovisana proizvodnja poljoprivrednog nasljeđa i EU percipiran kao donator</t>
+    <t xml:space="preserve">Civil society (Main); Digital
+ (Main); Gender
+ (Significant); Climate action
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Overall objective is strengthening the cross-border rural economic development and competitiveness of typical regional agriculture production sector. 
+Specific objectives are:
+- Capitalization of agriculture heritage in Dubrovnik-Herzegovina cross-border area; 
+- Stimulating access to regional and EU markets for local agriculture producers.
+Target groups:
+- Farms and SMEs in agriculture sector; 
+- Institutions and NGOs dealing with rural development; 
+- Agricultural associations &amp; cooperatives;
+- Retailers.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project resulted in:
+- Structured framework for agriculture sector support in cross-border area
+- Increased capacities and competitiveness of agriculture sector in Dubrovnik-Herzegovina area
+- Established sales channels to regional and EU markets
+- Successfully promoted Agriculture Heritage production and the EU perceived as a donor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -210,51 +206,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="10.044299534389" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>