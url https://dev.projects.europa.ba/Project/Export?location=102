--- v1 (2025-12-16)
+++ v2 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Sustainable tourist development - From Herzegovina trails to Dubrovnik Elafiti i slands</t>
   </si>
   <si>
     <t>205 679 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project worked to expand the coastal tourist offer into the cross border area of inland and island territories surrounding Dubrovnik and Mostar. In this effort, the project increased the exchanges and cooperation between Croatian and BiH tourist operators. 
 The project resulted in establishment of the Blue section of the Via Dinarica Trail and thus enhanced innovative community-based services and the valorisation of the natural resources in Popovo polje and Elafiti islands.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Capacity and skills of tourist operators in the cross border region increased in identifying, developing and managing tourist potential of inland territories and islands; 
 - Jointly developed and promoted innovative tourism cross border offers in Popovo polje and Elafiti islands.
 </t>
   </si>
   <si>
     <t>Cycling Through the History - Revitalisation of the Old Narrow Gauge Railway '' ''Ciro''''</t>
   </si>
   <si>
     <t>279 285 €</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
@@ -119,51 +119,51 @@
   <si>
     <t>Typical products as engine of development in rural areas - TERRA ''''Honey route s through Durmitor Mountain and Herzegovina''''</t>
   </si>
   <si>
     <t>153 607 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project sought to improve the living conditions of the population through the support and promotion of rural development and tourism based on typical local products. 
 More specifically, the aim was to accelerate development of rural areas through valorisation and commercialisation of honey as a typical product and to enable further development of typical products in the target area in line with standards and best practice cases in the EU. The project connected 6 municipalites from Montenegro and 9 municipalities in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Mapped honey value chain, and involved stakeholders accept their role in the future development of honey as a typical product,
 - Territorial/tourist product “Honey routes through Durmitor Mountain and Herzegovina” created ,
 - Improved capacities of 104 key stakeholders involved in development of the tourist/territorial product,
 - Tourist product visible, functional and recognised in the wide region.
 </t>
   </si>
   <si>
     <t>AgriBusiness - Agriculture Heritage Capitalisation in Dubrovnik-Herzegovina Cros s-Border Region</t>
   </si>
   <si>
     <t>171 526 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective is strengthening the cross-border rural economic development and competitiveness of typical regional agriculture production sector. 
 Specific objectives are:
 - Capitalization of agriculture heritage in Dubrovnik-Herzegovina cross-border area; 
 - Stimulating access to regional and EU markets for local agriculture producers.
 Target groups:
 - Farms and SMEs in agriculture sector; 
 - Institutions and NGOs dealing with rural development; 
 - Agricultural associations &amp; cooperatives;
 - Retailers.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Structured framework for agriculture sector support in cross-border area
 - Increased capacities and competitiveness of agriculture sector in Dubrovnik-Herzegovina area
 - Established sales channels to regional and EU markets
 - Successfully promoted Agriculture Heritage production and the EU perceived as a donor</t>
   </si>