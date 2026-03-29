--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,75 +30,75 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 378 households will be provided with adequate and disaster-resilient housing,
 - Within them, 85 households will also benefit annual income generated, through the livelihood measures.
 - Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Reconstruction of defence embankment along the Sava River in Srednja and Odzacka Posavina, FBiH, Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>3 259 525 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The overall objective of the project is to improve the flood protection infrastructure along the Sava River in Srednja and Odzacka Posavina, FBiH, BiH.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Upgrading the level of the existing embankment and achieving the required protective super-elevation. The subject of works have been in relation to the extension and superelevation to 1,2 m above the  magnitude Q1/100 (one hundred year high water of the Sava River) of the embankment.
 - The total length of the Sava embankment covered by this reconstruction in Srednja and Odzacka Posavina is as follows:
 Component 1:  Section 1.1. Kopanice – Vidovice (km 9+650 – km 15+196) = 5.546 m.       
 - Section 1.2. Kopanice – Orasje (km 26+856 – km 29+370) = 2.514 m.
 - Total length of „Component 1“ is 8.060 m.
  Component 2:   Section 2.1. Svilaj – Potocani (km 0+000 – km 1+1600 x 2) = 3.200 m.
  - Section 2.2. Svilaj – Kadar (km 22+272 – km 27+117) = 4.845  m.
 - Total length of „Component 2“ is  8,045 m.</t>
   </si>
   <si>
     <t>Supervision of works for reconstruction of defence embankment along the Sava Riv er in Srednja and Odzacka Posavina, FBiH, Bosnia and Herzegovina</t>
   </si>
   <si>
@@ -124,177 +124,177 @@
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Agricultural Biomass Cross-Border Development of Energy in Posavina (ABCDE Posav ina)</t>
   </si>
   <si>
     <t>117 628 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to increase awareness and knowledge about agrobioenergy possibilities in the Posavina region, including Vukovar-Srijem County in Croatia and municipalities Odžak, Domaljevac-Šamac, Orašje, Šamac and Brčko district in Bosnia and Herzegovina. Thus, the overall objective is the promotion of agrobioenergy in rural economies by including utilisation of agricultural biomass for energy purposes in the targeted region. The project focused on local farmers and local authorities as target groups but spills over its effect on high-school pupils, potential investors and overall rural community. The specific objectives were: Analysing agricultural capacity for agrobioenergy in the target area, Empowering local authorities to include agrobioenergy projects in development plans, Involvement of local farmers in agrobioenergy developments, Promotion of bioenergy for sustainable development.
 The project objectives were implemented through knowledge transfer, capacity building and combined know-how on renewable energy sources (RES) and agriculture.</t>
   </si>
   <si>
     <t xml:space="preserve">Target area Agriculture Market Study - printed, presented and distributed on the training;
 GIS database on agricultural biomass of the target area - prepared, presented and distributed on the training;
 Guidelines on development possibilities in agrobioenergy;
 Aware and capable local authorities in creating development via agrobioenergy - 4 trainings/round table discussions, on different topics, for local authorities;
 Joint Action plan with recommendations - printed, presented at the workshop and distributed;
 Educational Booklet on agrobioenergy;
 Local farmers aware of basic knowledge on agrobioenergy - 4 trainings, on different topics, for farmers held;
 Increased knowledge of students from agricultural high schools on agrobioenergy - 4 seminars for high school pupils and teachers held;
 Handbook on agrobioenergy for agricultural high schools - printed and distributed;
 Catalogue on agriculture biomass potentials for investors.</t>
   </si>
   <si>
     <t>Development of Typical Products in North East Bosnia and Zlatibor County in Serb ia</t>
   </si>
   <si>
     <t>85 640 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Overall objective of the Project was protection of typical products in the target region in line with EU standards and their wide commercialisation. The Project focused on the products typical for this cross-border area and contributed significantly to the valorisation process, increasing awareness of their values and promotion in the targeted area, but on the wider territory as well.</t>
   </si>
   <si>
     <t xml:space="preserve">Mapping of typical products and key stakeholders;
 Anaysis "State and perspectives of typical products in North East Bosnia and Zlatiborski County";
 Capacities of the institutions working on protection and development of typical products and typical products producers improved.</t>
   </si>
   <si>
     <t>IRRI - The Irrigation Project</t>
   </si>
   <si>
     <t>94 039 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Main); Climate action
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The Irrigation Project -IRRI seeks to increase income by reducing the effects of climate variability on agricultural production through the development of irrigation and strengthening strategic approach to irrigation. The project is intended to develop demonstration irrigated fields in two bordering areas – Srijem and Posavina region through investments that are cost effective, environmentally and socially sound, and beneficial to the rural poor. 
 The project will provide resources to assure the delivery of models on improved production systems and technologies and the delivery of agricultural advisory services.</t>
   </si>
   <si>
     <t xml:space="preserve">1) Selected and equipped 17 demonstration plots with irrigation systems,
 2) Developed study report on current practices and legal environment in irrigation management,
 3) Irrigation related skills of selected local farmers and technicians from local companies improved,
 4) Local and regional public project promotion activities undertaken to disseminate the benefits of project activities and ensured public support.</t>
   </si>
   <si>
     <t>Green oasis - increasing competitiveness of SMEs in agriculture production in cr oss border area of Posavina</t>
   </si>
   <si>
     <t>230 780 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Significant); Digital
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to contribute to socio-economic development of cross border area by strengthening the SME sector in agricultural production and related businesses in Posavina (Bosanska Posavina and Brod – Posavina county). Specific attention is given to increase of competitiveness of SMEs in agricultural production in cross border area of Posavina through research, development and transfer of new technologies in agriculture (Bosanska Posavina and Brod – Posavina county). Project activities include awareness raising among local agricultural producers on opportunities and profitable entrepreneurship based on agriculture, education of local agricultural producers in entrepreneurship in relation to profitable agricultural crops, technical assistance to agricultural producers and businesses in cross border area of Posavina, education of local agricultural producers in eco production, support to local agricultural producers in eco production, expansion of existing capacities for agricultural production in the cross border area, introduction and application of QM standards in local pilot eco productions, institutional cooperation in the area of Bosanska posavina and Brod -Posavina county, training and research support to agricultural production, etc. 
 Target groups are: agricultural producers in general with focus on SMEs in agriculture (also farmers, agricultural family holdings, etc.) and potential agricultural producers 150, project staff with focus on future projects in the area of agriculture: 2.1. Open house staff and pool of volunteers and experts; 2.2. HKD Napredak Odzak and Modrica branches staff and 2.3. MAR staff and pool of experts 20, and future trainers from stakeholders institutions/groups and organizations.</t>
   </si>
   <si>
     <t xml:space="preserve">Results:
 R1. Increased share of profitable agriculture crops in agricultural production of cross border area (Posavina)
 R2. Increased share of Eco production in agricultural production in cross border area 
 R3. Increased QM (quality management) in agricultural production in cross border area using high-quality seedling materials
 R4. Established transfer technology system in agricultural production of cross border area.</t>
   </si>
   <si>
     <t>Partnership for effective implementation of local economic development in North East Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>392 241 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to improve business environment in the North East Bosnia and Herzegovina through an establishment of a Cluster for development of typical (traditional) products. The Cluster offers a variety of services, such as business consulting, joint presence on the market, introduction of quality standards, preparation of development projects, etc. 
 The project supported construction of production and storage facilities for the typical products in the Business Zones Odžak and Modriča, as well as adaptation of the centre for promotion and sales of these products (so called “House of Flavours” located in the tourist centre of Tuzla). 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Cluster of typical products with 20 members created in North East BiH and provides some 15 services to SMEs, including better access to market and sale of typical products (in the promo shop in Tuzla), set up of quality control laboratory (within the Faculty of Technology), improvement of production capacities (in Odžak and Modriča) and a new SME funding facility. 
 - Database with 70 obstacles for SME development created with recommendations for the local authorities for their remediation. 
 - Partnership between the 10 local stakeholders established to facilitate improved access to SME services through municipal info centres.
 - Partnerships created to stimulate investments in green production and innovative technologies for the utilisation of water steam system from TPP Tuzla for economic activities.</t>
   </si>
   <si>
     <t>Local Integrated Dvelopment</t>
   </si>
   <si>
     <t>6 000 000 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to stimulate good governance and economic activity, and promote social inclusion at the local level, through integrated local development in the areas primarily affected by floods and areas with a large percentage of returnees/internally dis placed persons (IDPs).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improvements in the standard of living for more than 100,000 people in Bosnia and Herzegovina living in 21 municipalities mostly affected by the floods in 2014, 
 - Working with domestic authorities to enable and create mechanisms and resources needed to drive social and economic development. 
 - Strengthened capacities of key HR institutions, modern HR procedures and tools, accompanied with trainings and awareness raising of both civil servants and managers at all levels, will lead to accountable and professional civil service oriented towards the citizens and economy of Bosnia and Herzegovina. 
 - Approx. 80 start-ups who have been supported through training and financial assistance. 
 - Partnerships established with small and medium enterprises to create new jobs and more than 500 farmers in BiH have been supported.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">