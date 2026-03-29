--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,75 +30,75 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 378 households will be provided with adequate and disaster-resilient housing,
 - Within them, 85 households will also benefit annual income generated, through the livelihood measures.
 - Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Reconstruction of defence embankment along the Sava River in Srednja and Odzacka Posavina, FBiH, Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>3 259 525 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The overall objective of the project is to improve the flood protection infrastructure along the Sava River in Srednja and Odzacka Posavina, FBiH, BiH.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Upgrading the level of the existing embankment and achieving the required protective super-elevation. The subject of works have been in relation to the extension and superelevation to 1,2 m above the  magnitude Q1/100 (one hundred year high water of the Sava River) of the embankment.
 - The total length of the Sava embankment covered by this reconstruction in Srednja and Odzacka Posavina is as follows:
 Component 1:  Section 1.1. Kopanice – Vidovice (km 9+650 – km 15+196) = 5.546 m.       
 - Section 1.2. Kopanice – Orasje (km 26+856 – km 29+370) = 2.514 m.
 - Total length of „Component 1“ is 8.060 m.
  Component 2:   Section 2.1. Svilaj – Potocani (km 0+000 – km 1+1600 x 2) = 3.200 m.
  - Section 2.2. Svilaj – Kadar (km 22+272 – km 27+117) = 4.845  m.
 - Total length of „Component 2“ is  8,045 m.</t>
   </si>
   <si>
     <t>Supervision of works for reconstruction of defence embankment along the Sava Riv er in Srednja and Odzacka Posavina, FBiH, Bosnia and Herzegovina</t>
   </si>
   <si>
@@ -124,51 +124,51 @@
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Constructions in Orasje Juvenile Correction Facility Complex, Bosnia and Herzego vina</t>
   </si>
   <si>
     <t>703 240 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Civil society (Significant); Gender
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">This project is part of a wider initiative, aiming to increase the efficiency, professionalism and independence of the justice sector. It will also work to secure the rule of law and thereby prepare BiH for access to the European Union. 
 The ultimate objective is to help improve BiH capacity for execution of criminal sanction by constructing the juvenile correction facility complex in Orasje.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved BiH capacity for juvenile, by modernizing existing Correctional Facility Complex in Orasje.
 - Improved dealth with inmates and adequat performance acquired to perform correctional measures at 2 new buildings - education and recreation premises.</t>
   </si>
   <si>
     <t>Supervision of Reconstruction of Zenica and Orasje Prisons</t>
   </si>
   <si>
     <t>89 920 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
@@ -192,51 +192,51 @@
   <si>
     <t xml:space="preserve">Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve"> (2) same description for 3 related contracts - part of same Project</t>
   </si>
   <si>
     <t>Supervision of Reconstruction of Zenica and Orasje Prisons - Addendum No. 3</t>
   </si>
   <si>
     <t>4 915 €</t>
   </si>
   <si>
     <t>(3) same description for 3 contracts - all part of the same Project</t>
   </si>
   <si>
     <t>Responsible Management of medical waste</t>
   </si>
   <si>
     <t>97 043 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at contributing to responsible Medical Waste (MW) management and inclusion of sustainable, ecological, economic and social principles by enhancing improvement in policy and lefal framework as well as implementation mechanisms.
 It was based on the concept of a joint work of  representatives of governments, health institutions, business sector and NGOs, on the situation analysis in the area of MW management, treatment and disposal in targeted North East BiH, so as to create an action plan for the MW management in NE BiH and a Manual for making MW Management Plan (MWMP) for health care facilities with innovative mechanisms and experience from the EU, including measures for regular monitoring and evaluation in targeted medical institutions.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on more community based responsible environmental management and protection in the area of MW and more responsible public environment treatment. In particular, with our support, the knowledge and know-how of stakeholders and beneficiary/medical institutions' personnel is improved. Also, regional medical waste management plan is developed with the manual for medical waste management plan (MWMP) drafting.  Overall, the MWMP development process is initiated by targeted medical institutions that may be replicated with appropriate adjustments in hopefully more of future similar initiatives country wide.</t>
   </si>
   <si>
     <t>VIOR - Vinkovci and Orasje Heritage Tourism Project</t>
   </si>
   <si>
     <t>44 122 €</t>
   </si>
   <si>
@@ -266,132 +266,132 @@
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to increase awareness and knowledge about agrobioenergy possibilities in the Posavina region, including Vukovar-Srijem County in Croatia and municipalities Odžak, Domaljevac-Šamac, Orašje, Šamac and Brčko district in Bosnia and Herzegovina. Thus, the overall objective is the promotion of agrobioenergy in rural economies by including utilisation of agricultural biomass for energy purposes in the targeted region. The project focused on local farmers and local authorities as target groups but spills over its effect on high-school pupils, potential investors and overall rural community. The specific objectives were: Analysing agricultural capacity for agrobioenergy in the target area, Empowering local authorities to include agrobioenergy projects in development plans, Involvement of local farmers in agrobioenergy developments, Promotion of bioenergy for sustainable development.
 The project objectives were implemented through knowledge transfer, capacity building and combined know-how on renewable energy sources (RES) and agriculture.</t>
   </si>
   <si>
     <t xml:space="preserve">Target area Agriculture Market Study - printed, presented and distributed on the training;
 GIS database on agricultural biomass of the target area - prepared, presented and distributed on the training;
 Guidelines on development possibilities in agrobioenergy;
 Aware and capable local authorities in creating development via agrobioenergy - 4 trainings/round table discussions, on different topics, for local authorities;
 Joint Action plan with recommendations - printed, presented at the workshop and distributed;
 Educational Booklet on agrobioenergy;
 Local farmers aware of basic knowledge on agrobioenergy - 4 trainings, on different topics, for farmers held;
 Increased knowledge of students from agricultural high schools on agrobioenergy - 4 seminars for high school pupils and teachers held;
 Handbook on agrobioenergy for agricultural high schools - printed and distributed;
 Catalogue on agriculture biomass potentials for investors.</t>
   </si>
   <si>
     <t>Discover Posavina - Development of Joint Tourist Offer of the Posavina Region</t>
   </si>
   <si>
     <t>79 607 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed at support to revitalization of cross-border economy by stimulating tourism development in Croatia and Bosnia and Herzegovina, development of recognisable joint tourist offer of the Posavina Region and promotion of the regional identity and tourist offer of the Posavina region. Main project activities were: management and visibility, creation of Posavina joint tourist offer
 	Establishment of the Association of Tourist Organisations of the Posavina Region, promotion of Posavina regional identity and joint tourist offer, 	Posavina tourist community web page developent, etc.
 Final beneficiaries were tourist offices in the region, tourists, local communities and citizens.</t>
   </si>
   <si>
     <t xml:space="preserve">Joint tourist offer of the Posavina Region;
 Established Association of Tourist Organisations of the Posavina Region;
 Developed plan and tools for promotion of the regional identity and joint tourist offer of the Posavina region;
 Four thematic capacity building workshops;
 Promo campaign of Posavina regional identity and joint tourist offer.</t>
   </si>
   <si>
     <t>Youth - Most Important Driving Engine of Our Region</t>
   </si>
   <si>
     <t>39 562 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t>The project has dealt with creating preconditions for sustainable development of a cross-border region between Serbia and Bosnia and Herzegovina (B&amp;H) through means of strengthening institutional, human and civil mechanisms for promotion of position of young people who are the bearers of development in both countries. Project objectives included: (1)Analyzing the work of local youth commissions/offices in 16 target municipalities in B&amp;H and Serbia by means of conducting research on their performance over the previous period, (2) Improving capacities and skills of young people for advocating changes which will improve their current position in 16 target municipalities, (3) Establishing an informal network of young people who will be focal points in promoting cross-border cooperation and youth activism in these regions.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Completed preparatory activities as step one towards successful implementation of subsequent project activities; 
 Conducted research on achievements of youth  offices in  16 municipalities of the cross-border region between Serbia and B&amp;H;
 Printed  publication on the work of local youth offices in the cross-border region between Serbia and B&amp;H; 
 Media promotion of the Project and findings of research on work of youth offices/commissions; 
 Strengthened youth capacities to actively address problems in local communities; 
 Local actions carried out by the youth in 16 municipalities of B&amp;H and Serbia; 
 Organized regional cross-border youth conference – “Do You Really Hear What We Say?”</t>
   </si>
   <si>
     <t>Municipality of Orasje Sustainable Local Economic Development (MOSLED)</t>
   </si>
   <si>
     <t>363 029 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Not targeted); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project has supported establishment of Entrepreneurial Centre and Business Incubator in the Municipality of Orašje to provide services to some 50 SMEs operating in the vicinity of the business zone "Dusine". Range of services includes marketing, access to finance, IT solutions for business development, etc.).  
 The project has also upgraded a sewer system of business zone "Dusine” to improve its commercial and economic viability for prospective investments. The Municipality of Orašje has also improved SMEs access to funding by contributing to the SME Guarantee fund managed by North East Regional development Agency (NERDA).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Entrepreneurial Centre and Business Incubator equipped and functional, providing services to SMEs.
 - Business Zone “Dusine” Sewage System upgraded. 
 - Improved SMEs access to business loans with at least 5 SMEs obtaining new finance through the NERDA- managed “SME Guarantee Fund”. 
 - Potential investors informed of investment incentives in Business Zone “Dusine“ through implementation of its marketing plan and other promotional activities, including participation at business fairs in BiH and in the region.</t>
   </si>
   <si>
     <t>Support to Local Employment Partnerships</t>
   </si>
   <si>
     <t>3 758 362 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">The project was aimed to contribute to the strategic development of BiH's labour market by fostering sustainable, partnership-driven active labour market frameworks at the local level for an increased access to formal employment, particularly in flood-affected areas. Project is completed on 30 April 2019. 
 Key target groups were LEPs members, including local labour market stakeholders from public, private and civil society sectors (existing LEPs, unemployed, employed, business owners, regional and local PES, employer organisations, trade unions, chambers of commerce, regional development agencies, non-governmental organisations, formal and non-formal education providers, regional and local governments) in selected municipalities/towns. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Key local stakeholders across the country increased awareness and capacity to participate in the LEP scheme and funding opportunities available 
 - Eligible LEPs successfully design local employment development initiatives for financing from the EU and local resources. 
 - LEPs are capable of successfully defining and steering the implementation of active labour market policy measures supporting the execution of employment/human resources integrated development strategies, in line with specific local needs.</t>
   </si>
   <si>
     <t>Local Integrated Dvelopment</t>
   </si>
   <si>
     <t>6 000 000 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to stimulate good governance and economic activity, and promote social inclusion at the local level, through integrated local development in the areas primarily affected by floods and areas with a large percentage of returnees/internally dis placed persons (IDPs).</t>