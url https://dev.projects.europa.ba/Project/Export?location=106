--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>EU Support for street lightning project in the city of Bihac, Bosnia and Herzego vina, Lot 1 and Lot 2</t>
   </si>
   <si>
@@ -110,112 +110,112 @@
   <si>
     <t>EMPOWER - Empowering Civil Society Organizations in the Social Inclusion of Persons with Disabilities</t>
   </si>
   <si>
     <t>378 000 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project is aimed at strengthening of CSOs of Persons with disabilities to contribute to social development and social inclusion in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - In total, 35 grassroots CSOs from 7 areas in BiH will be strenghten through training activities and supported through grant scheme to implement activities in the area of their comptetencies (social services, education etc.) 
 - Local authorities in at least 15 communitites will be organised in Action group and improve coordination and communciation with Civil society and be able to define and design actions aimed at imrovement of position of Persons with disabilities.</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH - Call VI (Development of the Eco Zone NP Una and enrichment of its tourist offer under Lot 2 Cluster 1</t>
   </si>
   <si>
     <t>270 159 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Because of its unique and diverse natural and cultural beauty, Bosnia and Herzegovina has huge potential for tourism growth, particularly in niche sectors. As economic regeneration progresses, this potential is being realised, but the sector needs massive investment if both domestic and international tourist numbers are to be maximised.
 In that respect, this European Union project aimed at strengthening a sustainable development of BiH tourism potential in the National Park Una by improving infrastructure, tourism services, transfer of knowledge and information flow between the tourism workers and tourists but also the public in general and by better market positioning. 
 National Park Una is the first national park established in the Federation of BiH. It is mostly located in Bihac municipality territory (85%), and to smaller extent in Drvar municipality. It is well known for its huge potential for rafting, with traditional Una regatta organised in summer every year, as well as sports fishing and photo safari. The Una National Park is very rich in flora and fauna that stir interest of sportsmen, researchers and scientists.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union has supported growth and development of Una National Park as a competitive tourism product in the niche of eco-tourism and increased its potential for contributing to the overall economic growth and promotion of Bosnia and Herzegovina as a unique tourist destination. 
 With the European Union funding, natural and cultural heritage site facilities (biking and hiking trails, picnic areas, construction of wildlife observation towers etc.) in NP Una eco zone are improved and community based tourism is developed with established and equipped bed &amp; breakfast cluster. Also, we ensured safe and clean environment via tourist signalisation, certified mountain tourist guides and trained and equipped Mountain Rescue Services. Information dissemination of created tourist product is enhanced via marketing &amp; promotion tools developed and the tourist info station is constructed and equipped. 
 With all that, we have contributed to stronger and more visible promotion of the country's natural and cultural potentials as well as to more tourists visiting this site and the country.</t>
   </si>
   <si>
     <t>Volunteering for Cross - Border Local Community Development</t>
   </si>
   <si>
     <t>43 720 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Gender
  (Significant); Civil society (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The overall objectives of the projects are: 1) to help improve accessibility of community-based services in border area, 2) to contribute to establishment of cross-border networking between local authorities, civil society and social partners and 3) to help enhancing quality of life and social cohesion in border area. The overall objectives were accomplished through set of activities addressing the specific objective which is to contribute to creation of innovative community-based services in border area through establishment of voluntary services and developing policy measures in support of volunteering at local level.</t>
   </si>
   <si>
     <t xml:space="preserve">Established 5 voluntary services in border area of Croatia and Bosnia and Herzegovina - developed effective partnerships between CSOs and social and welfare public institutions and educational facilities providing fertile ground for implementation of different voluntary projects focusing on social vulnerable groups through local voluntary services in Bihać, Derventa, Sisak, Kutina and Petrinja. 
 Established cross-border voluntary network – implemented 2 cross-border voluntary work camps gathering youngsters from targeted communities. Applicants and partners’ organisations developed network among each other and with other community stakeholders that contributed to sustainable planning of future joint activities.  
 Defined local voluntary policies in border area municipalities included in the action – defined 6 local voluntary policies whereof 1 adopted by town council. 
 Improved cross-border joint management, evaluation report and awareness raising tools developed - poster, flayer, voluntary guide and voluntary book.</t>
   </si>
   <si>
     <t>UNA-SPRING OF LIFE</t>
   </si>
   <si>
     <t>178 423 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Support to CSOs for the improvement of social-cohesion in the border region of C roatia and Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>48 299 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Significant); Climate action
  (Significant); Digital
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project focuses on a cross-border framework for development of social cohesion and it seeks to enhance the quality of life in the border areas. To achieve this demanding goal, the project will improve the institutional framework for service providers in the social sector and will strive to increase effectiveness of social service activities in the project area through support to vulnerable population. 
 The project will establish three Day Care Centres for children, in Bihac municipality (BiH) and in Srb and Donji Lapac (Croatia) respectively. Through activities of the Centres, social services and support to vulnerable families with children and children without parental care will be improved. Based on detailed needs assessment and consultations with key stakeholders, the project plans to increase capacities of three local civil society organisations (CSO) in the field of social services and social cohesion as well as to enhance capacities of three Centres for social Welfare in providing care to the vulnerable groups and in cooperation with CSOs.</t>
   </si>
   <si>
     <t xml:space="preserve">The project has contributed to the Social Welfare development in cross-border region of Croatia and Bosnia and Herzegovina through a higher number of social services provided, increased capacities of CSOs and consequently enhanced influence of the civil society in decision-making process, which was ultimately reflected in an improved institutional care for marginalized groups. 
 To improve provision of social welfare services for the children population in the municipalities of Srb, Donji Lapac (Croatia) and Bihac (BiH), three small scale social projects were implemented through the establishment of 3 Day Care Centres for children in these locations. The Centres were adapted and equipped, the staff employed and working permit received in accordance with Croatian/BH legal standards. Through activities of these Centres, the provision of social services was improved as 127 beneficiaries in the cross-border area were directly supported.
 To build capacities of the CSOs and Social Welfare Centres from the three municipalities in provision of social services to children, on-the-job training, workshops and a study trip were organised along with  the establishment of a cross-border network</t>
   </si>
   <si>
     <t>Green Islands</t>
   </si>
   <si>
     <t>157 107 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action