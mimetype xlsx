--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,126 +30,126 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Revival of cross-border partnership through rural development (BiH &amp; CRO)</t>
   </si>
   <si>
     <t>72 655 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Significant); Climate action
  (Not targeted); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project was aimed at improvement of rural tourism capacity through developed administrative, technical and human ability to deal with active development of tourist offers. In other words, to establishment and promotion of the joint tourist offer in the cross border region, based on joint methodology and marketing strategy for rural tourism.
 The action significantly contributed to the development of rural tourism in the cross border region and encouraged farmers, traditional craftsmen and local government to start and enrich rural tourism activities. The opened Rural tourism info offices played an important role in providing information to the target group and final beneficiaries and networking of all of the rural tourism stakeholders in the region. The capacities of target group were strengthened by 6 educational modules organised in both countries and many of participants will continue with rural tourism activities that can provide employment and income to their families and diversify tourist offer of the region that was named “Region without borders”.</t>
   </si>
   <si>
     <t xml:space="preserve">Two rural tourism info centres (RTIC) will be opened amd equipped with necessary furniture and equipment;
 Five fairs of traditional products organised by project partners;
 Two sustainability plans developed;
 One software for the management of RTIC developed;
 Two educational modules with 6 seminars and 2 study visits on rural tourism;
 17 unemployed persons from the region were educated for tourist guides who will support creation of integral tourist products and innovative tourist tours;
 Strategy for long term cooperation and sustainability.</t>
   </si>
   <si>
     <t>Mental health prevention network</t>
   </si>
   <si>
     <t>43 809 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is set to address the identified lack or low level of mental health prevention services in local communities in the project area, Sisak-Moslavina County in Croatia and North-West BiH.
 Through a set of activities aiming at improving capacities, prevention of substance abuse and establishing cross-border exchanges, the project seeks to contribute to accessibility of mental health prevention services to beneficiaries in mostly rural border area, to whom centralized mental health services are hardly accessible and who are not accustomed to seek help for mental health problems. 
 More specifically, the project plans to contribute to early identification and intervention in protecting and improving mental health of vulnerable categories, such as children, youth, marginalized and socially deprived families and elderly.
 Furthermore, the project envisages cross-border and cross-disciplinary cooperation and exchange of best practices in bringing mental health prevention closer to the beneficiaries.</t>
   </si>
   <si>
     <t xml:space="preserve">1. To improve capacities of providers of mental health prevention services in local communities in the border region. The aim is to build capacities of community-based providers for organizing and carrying out activities in order to promote and prevent mental health as well as for early identification and intervention in area of mental health. Capacity improvement will be based on resources from both sides of the border and on participative approach and open coordination method. Capacities of 10 elementary schools, 3 secondary schools, 10 kindergartens, 10 communal health centres, 8 social welfare centres, 10 police stations and 10 local governments improved for preventive mental health activities
 2. To improve prevention of substance abuse and behavioural problems by youth through development of cross-border joint preventive action protocols. Cross-border cooperation in prevention of substance abuse and behaviour problems in youth is aimed at alleviating the risks implied in border proximity and to foster protective and preventive factors and initiatives. The project will develope cross-border joint preventive action protocols for substance abuse and youth behaviour problems prevention.
 3. To improve cross-border exchange of knowledge, experiences and good practices in mental health prevention and promotion, the project will develop ten mental health prevention plans of activities. A specialized internet forum for mental health prevention providers will be established.</t>
   </si>
   <si>
     <t>Green Islands</t>
   </si>
   <si>
     <t>157 107 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project seeks to contribute to the improvement of the quality of life and the promotion of the environment and preservation of the nature by revitalizing the existing urban green areas of Zadar County (Croatia) and Una Sana Canton.
 The project will intensify and consolidate cross border dialogue and establish institutional relationships between stakeholders in environmental protection policy. 
 The aim is to improve the quality of urban life and the urban fabric by developing high quality and accessible urban green areas. Furthermore, to revitalize the urban green areas and contribute to their adequate utilization by developing unused tourist, recreational and educational potentials of the urban green areas. The parks will gain new contents that will satisfy the local populations’ and tourists’ needs. The raised environmental awareness will contribute to the better future care of the urban environment.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated Results
 1. Small scale infrastructure in selected urban green areas in Zadar County and Una Sana Canton is built and improved; 2. Selected urban green areas in Zadar County and Una Sana Canton are restored and landscaped;3. Human capacities for joint environmental management and maintenance of urban green areas is strengthened; 4. Joint standards, procedures and practices on environmental management of selected urban green areas developed; 5. Public awareness on environmental protection is raised; 6. Project "Green Island" successfully promoted and visible</t>
   </si>
   <si>
     <t>Support to Local Employment Partnerships</t>
   </si>
   <si>
     <t>3 758 362 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project was aimed to contribute to the strategic development of BiH's labour market by fostering sustainable, partnership-driven active labour market frameworks at the local level for an increased access to formal employment, particularly in flood-affected areas. Project is completed on 30 April 2019. 
 Key target groups were LEPs members, including local labour market stakeholders from public, private and civil society sectors (existing LEPs, unemployed, employed, business owners, regional and local PES, employer organisations, trade unions, chambers of commerce, regional development agencies, non-governmental organisations, formal and non-formal education providers, regional and local governments) in selected municipalities/towns. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Key local stakeholders across the country increased awareness and capacity to participate in the LEP scheme and funding opportunities available 
 - Eligible LEPs successfully design local employment development initiatives for financing from the EU and local resources. 
 - LEPs are capable of successfully defining and steering the implementation of active labour market policy measures supporting the execution of employment/human resources integrated development strategies, in line with specific local needs.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>