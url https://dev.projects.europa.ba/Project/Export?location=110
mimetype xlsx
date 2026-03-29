--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Community Centre</t>
   </si>
   <si>
     <t>39 621 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">“Community centre” will support activities for citizens and capacity building of the civil society organisations and their members in order to more intensively and actively participate and contribute to the development of the community.
 Civil society organisations in Bosnia and Herzegovina and Croatia play a significant role in reducing social exclusion. However, these civil society organizations in the enlargement process are usually confronted with similar problems, among which are certainly a lack of funding, particularly from local sources, the need for greater professionalisation of the civil society sector, their technical knowledge/expertise, active involvement in decisions on legislation and decision-making processes, and a lack of cooperation with public authorities, but also among the CSOs.
 The project will implement a set of activities which will lead to networking and capacity building of civil society in the targeted areas, and inform citizens in order to increase their awareness, promote human rights of fragile and socially excluded citizens, their needs and specific roles within the target communities, and significantly improve communication, cooperation and active engagement among the CSOs in the border area and their members.</t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Increased accessibility to education and other services for socially vulnerable citizens 
 The project has increased accessibility to education and other services for socially vulnerable citizens by introducing 9 new services were introduced in the Community Centres. Socially vulnerable citizens developed their skills and improved access to community based services. 1333 unemployed or at risk of social exclusion were included in the project activities. 34 members of the job seeking clubs found employment after the set of educations and other assistance received in the Community Centres. 
 2. Increased visibility of the civil society sector and 3. Strengthened role of civil society organisations (CSOs) in the bordering region 
 Through workshops for members of the community centre the project restore confidence and skills. They also became aware that their participation in decision making processes in local level could improve conditions in their local communities. Through voluntary actions the final beneficiaries started to actively contribute to development of volunteering, leadership and citizen activism.  Community Centres have become reputable as a place where citizens are welcome, assisted and engaged in working together to develop services in their communities.</t>
   </si>
   <si>
     <t>Grain Trade Route, Kupa-Sava</t>
   </si>
   <si>
     <t>232 457 €</t>
   </si>