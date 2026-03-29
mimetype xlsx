--- v0 (2025-12-16)
+++ v1 (2026-03-29)
@@ -30,135 +30,135 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Assistance to affected municipalities in improving the early flood warning syste m and supporting the flood recovery</t>
   </si>
   <si>
     <t>189 327 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Gender
  (Significant); Civil society (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to improve information sharing between municipalities Sanski Most (FBiH) and Ostra Luka (RS) and to improve their early warning system. It will also raise public awareness and improve the preparedness of all involved entities, improve existing procedures (or adopt new ones), ensure better preparedness, better equipping and interoperability of emergency teams, help in the revitalization of education and culture.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Preliminary issues for analysis identified, a team for drafting the Action Plan established and a community team for monitoring river Sana water level established; 
 - Analysis of the key fields of action conducted, maps of vulnerable areas developed and educational materials created;
 - Map of flood vulnerable areas introduced to citizens; 
 - Increased public awareness and level of lobbying for the preventive action of citizens and private enterprises; 
 - Assistance in the procurement of damaged book funds (min 5000 books) 
 - Renovate a portion of the equipment of protection and rescue system destroyed during the flood and during the implementation of protection and rescue measures.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Revival of cross-border partnership through rural development (BiH &amp; CRO)</t>
   </si>
   <si>
     <t>72 655 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Significant); Climate action
  (Not targeted); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project was aimed at improvement of rural tourism capacity through developed administrative, technical and human ability to deal with active development of tourist offers. In other words, to establishment and promotion of the joint tourist offer in the cross border region, based on joint methodology and marketing strategy for rural tourism.
 The action significantly contributed to the development of rural tourism in the cross border region and encouraged farmers, traditional craftsmen and local government to start and enrich rural tourism activities. The opened Rural tourism info offices played an important role in providing information to the target group and final beneficiaries and networking of all of the rural tourism stakeholders in the region. The capacities of target group were strengthened by 6 educational modules organised in both countries and many of participants will continue with rural tourism activities that can provide employment and income to their families and diversify tourist offer of the region that was named “Region without borders”.</t>
   </si>
   <si>
     <t xml:space="preserve">Two rural tourism info centres (RTIC) will be opened amd equipped with necessary furniture and equipment;
 Five fairs of traditional products organised by project partners;
 Two sustainability plans developed;
 One software for the management of RTIC developed;
 Two educational modules with 6 seminars and 2 study visits on rural tourism;
 17 unemployed persons from the region were educated for tourist guides who will support creation of integral tourist products and innovative tourist tours;
 Strategy for long term cooperation and sustainability.</t>
   </si>
   <si>
     <t>Grain Trade Route, Kupa-Sava</t>
   </si>
   <si>
     <t>232 457 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project seeks to contribute to the creation of a joint economic space in the middle Sava basin with the aim to improve the livelihoods of citizens in this cross-border region by developing and promoting the region as a single tourist destination.
 This project targets the counties Karlovac, Sisak-Moslavina and Brod-Posavina on the Croatian side and the municipalities Banja Luka, Mrkonjić Grad, Novi Grad, Bosanska Kostajnica, Dubica, Ključ, Ribnik, Sanski Most, Prijedor, Jajce, Šipovo, Laktaši, Gradiška on the BiH side. On both sides of the border the economy has been severely affected by the consequences of the conflicts in 1990s and by limited integration to the global economy. Therefore the cross-border region is seeking to identify sustainable sources of economic growth and the development strategies produced at local levels have identified tourism as a potential development factor. 
 The proposed tourist itinerary (Grain Trade Route) and tourist packages will combine attractive natural sites with active adventure pursuits and elements of culture from each of the locations. The itinerary will connect regional attractions led by the unique attraction Korablja, linking these rural areas to tourism markets in more developed destinations, thereby creating stronger economic opportunities. It will encourage tourists to stay longer and spend more in the region and contribute to the creation of a common economic space. Through offering quality products and active promotion, touristic packages are expected to attract more visitors, spreading economic benefits across the region and having the potential to increase the incomes and create new job opportunities for the target groups and beneficiaries of the project.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 1. Increased awareness of the potential economic benefits of cooperative activities supported through a cross-border coordinating organisation; 
 2. Improved small-scale infrastructure and replica of the historical ship “Korablja” through enabling visitors to navigate in the cross-border area and to experience different products and services along Grain Trade Route; 
 3. Established regional information exchange system and improved access of visitors to information; and
 4. Improved joint marketing and leveraging of marketing resources to reach target markets.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>