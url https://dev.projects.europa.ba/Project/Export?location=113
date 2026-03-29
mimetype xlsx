--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,79 +30,79 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Revival of cross-border partnership through rural development (BiH &amp; CRO)</t>
   </si>
   <si>
     <t>72 655 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Significant); Climate action
  (Not targeted); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project was aimed at improvement of rural tourism capacity through developed administrative, technical and human ability to deal with active development of tourist offers. In other words, to establishment and promotion of the joint tourist offer in the cross border region, based on joint methodology and marketing strategy for rural tourism.
 The action significantly contributed to the development of rural tourism in the cross border region and encouraged farmers, traditional craftsmen and local government to start and enrich rural tourism activities. The opened Rural tourism info offices played an important role in providing information to the target group and final beneficiaries and networking of all of the rural tourism stakeholders in the region. The capacities of target group were strengthened by 6 educational modules organised in both countries and many of participants will continue with rural tourism activities that can provide employment and income to their families and diversify tourist offer of the region that was named “Region without borders”.</t>
   </si>
   <si>
     <t xml:space="preserve">Two rural tourism info centres (RTIC) will be opened amd equipped with necessary furniture and equipment;
 Five fairs of traditional products organised by project partners;
 Two sustainability plans developed;
 One software for the management of RTIC developed;
 Two educational modules with 6 seminars and 2 study visits on rural tourism;
 17 unemployed persons from the region were educated for tourist guides who will support creation of integral tourist products and innovative tourist tours;
 Strategy for long term cooperation and sustainability.</t>
   </si>
   <si>
     <t>Support to Local Employment Partnerships</t>
   </si>
   <si>
     <t>3 758 362 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project was aimed to contribute to the strategic development of BiH's labour market by fostering sustainable, partnership-driven active labour market frameworks at the local level for an increased access to formal employment, particularly in flood-affected areas. Project is completed on 30 April 2019. 
 Key target groups were LEPs members, including local labour market stakeholders from public, private and civil society sectors (existing LEPs, unemployed, employed, business owners, regional and local PES, employer organisations, trade unions, chambers of commerce, regional development agencies, non-governmental organisations, formal and non-formal education providers, regional and local governments) in selected municipalities/towns. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Key local stakeholders across the country increased awareness and capacity to participate in the LEP scheme and funding opportunities available 
 - Eligible LEPs successfully design local employment development initiatives for financing from the EU and local resources. 
 - LEPs are capable of successfully defining and steering the implementation of active labour market policy measures supporting the execution of employment/human resources integrated development strategies, in line with specific local needs.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>