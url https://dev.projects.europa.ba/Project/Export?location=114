--- v0 (2025-10-31)
+++ v1 (2026-03-29)
@@ -30,77 +30,77 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Protection of Sator lake and Ledenica cave</t>
   </si>
   <si>
     <t>77 797 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Main); Climate action
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at support to protect the Ledenica Cave and the Satorsko Lake as rare geological phenomena, with initiatives to enhance the legal framework that would provide for an integral protection system of the Ledenica Cave and the Satorsko Lake.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on improving the local level mechanisms for protection of the targeted natural resources and for more environmental friendly treatment and maintenance of these sites, for the benefit of better living standards as well as promotion of natural resouces in BiH. 
 In particular, we helped in design of the expert study on environmental protection and preservation of the Ledenica Cave and the Satorsko Lake that may serve to relevant stakeholders for further improvements of their policies and implementation mechanics in regard to preservation of those natural heritage sites. Also, values of those resources are promoted and awareness raising is increased by series of public forums and campaigns organised. As an added value, it raised interests of academic and scientific community (like researches and scientists, speleologists at first and also including those international, like French) that may be counted on for further partnership based initiatives like those of stakeholders working together with the CSOs and academic community on upgrades of development plans, investment incentives as well as environmental protection measures so as to make those sites of preserved natural value but also of sustainably maintained potential for tourism and economic development in overall.</t>
   </si>
   <si>
     <t>Bridging Diversity</t>
   </si>
   <si>
     <t>28 587 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The Project seeks to specifically target the issues of ethnic, religious and national prejudices which inhibit the development of social cohesion in the cross-border area.
 The Project will create an opportunity for citizens from the border area to meet through creative activities at community level. Planned activities will include inter-active events and will seek to avoid rhetoric but speak through innovative visual and audio stimulus, boldly presenting the wealth of diversity as a vital component of social cohesion. 
 A public call will be issued through existing networks inviting women artists in Croatia and Bosnia &amp; Herzegovina to use visual and creative means to express their understanding of “common values – women and diversity”. The selected works will be exhibited in public spaces in Livno and Omiš. These public spaces will in turn host interactive workshops with members of the communities.  Within this creative and secure environment other topics will be raised such as themes of “common values in building social cohesion”, “diversity as a communication tool”, “women’s entrepreneurship”, “eco-tourism in rural cross-border areas”…</t>
   </si>
   <si>
     <t xml:space="preserve">The project planned to identify common values and understanding as a basis for future joint cooperation between women in the border area.  This result was achieved through the organisation of the Cross-border Conference "Bridging Diversity" which took place from 4-6.4.2014 in Omiš, Croatia. 38 women from grassroots women-led NGOs in Croatia, Bosnia-Herzegovina, Kosovo, Macedonia, Montenegro and Serbia benefitted from the participation which addressed the following central themes: i)   women and grassroots peace processes: mobility and exchange; ii)  cross-border cooperation: an opportunity for intercultural dialogue; iii) creative partnerships: a step towards sustainability.	2 cross-border alliances are initiated between Conference participants representing women-led NGOs and two new cross-border project ideas were developed.
 The ten interactive community workshops and the one cross-border conference, again, addressed the transfer of experience, expertise and vision between women in NGOs. The exchange occurred between participants who were from different states and backgrounds.
 With view to stimulate the communities in the border area to explore ways in which prejudices and negative assumptions can be addressed, the project activities provided the platform for interactions at the cross-border exhibition, concerts and NGO fair
 Two concerts were successfully realised with just over 500 people attending. The exhibition of 30 works was realised and was viewed in two venues – Livno and Omiš, and then additionally in Knin, with estimated 1,350 visitors.  
 The project organised an NGO Fair with 17 participating NGOs, represented by 54 women activists from the cross-border area.</t>
   </si>
   <si>
     <t/>
   </si>
 </sst>
 </file>
 