--- v0 (2025-10-30)
+++ v1 (2026-03-31)
@@ -30,78 +30,78 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Combating unemployment through partnership of local actors</t>
   </si>
   <si>
     <t>239 349 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Civil society (Significant); Gender
  (Significant)</t>
   </si>
   <si>
     <t>The overall objective of this project is to fight against unemployment, by supporting the rural development and increasing of competitiveness of local economy. It will also support new employment and creation of new entrepreneurs through development of partnership within the local actors in Kupres municipality.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Centre for rural development of Kupres established;
 - Training programmes developed for new farmers;
 - 20 unemployed vulnerable persons become self-employed in livestock breeding. 
 - 10 persons gained new skills and get employmed in the new factory;
 - Partnership established between business sector and public authorities (municipality and targeted canton) for improvement of entrepreneurship;
 - CSO network for social inclusion, unemployment, and rural development established.</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>EU4SPORT_To foster positive social development through improvement of the sports infrastructure in schools -works Lot 2</t>
   </si>
   <si>
     <t>745 474 €</t>
   </si>
   <si>
     <t/>
@@ -115,51 +115,51 @@
   <si>
     <t xml:space="preserve">The main goal of school sports infrastructure is the reconstruction and modernization of schools' gyms in 6 schools in the following cities/municipalities: Gornji Vakuf/Uskoplje; Zenica, Tesanj,  Kupres, Teslic,  Sipovo. The aim is to create  optimal spatial conditions to physical education in schools, as well as recreational activities of young people in the schools, conducted in a professional, high-quality and safe manne</t>
   </si>
   <si>
     <t>Renovated gyms in 6 primary schools</t>
   </si>
   <si>
     <t>Supervision of the works on the “EU4SPORT - To foster positive social development through improvement of sports infrastructure in schools</t>
   </si>
   <si>
     <t>196 150 €</t>
   </si>
   <si>
     <t xml:space="preserve">The contractor shall provide supervisory services to ensure execution and completion of   renovation/modernisation works in accordance with the EC procedures, on time, within the budget available and in accordance with provisions of the Contract and Technical Specifications for execution of the respective works within lots 2 and 3.</t>
   </si>
   <si>
     <t>Superviison of works on 18 schools</t>
   </si>
   <si>
     <t>Protection of nature and environment from forest fires - ForestEye</t>
   </si>
   <si>
     <t>252 240 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Main); Gender
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project sought to contribute to the protection of nature and environment in the cross-border area with a high risk of forest fires. 
 In particular, the project raised capacities of local and cross-border firefighting teams in Split Dalmatia County and in Canton 10 and helped to increase awareness on the subjects related forest fires risks. 
 www.foresteye.eu </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - 1 Cross-border Firefighting Intervention Team established and 1 Action Plan created 
 - Improved access for forest firefighting intervention actions: 
           a) 7,5 km fireroads (8 HRand 9,5 BiH); 
           b) 4 watch towers (2 HRand 2 BiH); 
           c) 5 water wells (3 HRand 2 BiH) 
 - 2 edu-info centres established (1 HR and1 BiH) and 4 educational-recreational trails (1 HR and 3 BiH) 
 - 1020 students (20 HR and 1000 BiH) educated at 10 educational events (1 HR and 9 BiH), 
 - 218 student s (118 HR and 100 BiH) and 33 teachers (25 HR and 8 BiH) educated through field work at edu-info centres and edu-rec trails, 
 - 4 eco-sections established and equipped, 
 - 18 teachers (10 HR &amp; 8 BiH) trained in TtT programme 
 - 1 website launched, 