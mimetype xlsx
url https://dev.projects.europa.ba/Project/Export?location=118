--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,153 +30,153 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>'''Our Lady of Sinj Route''''</t>
   </si>
   <si>
     <t>178 206 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of the project is to enhance joint tourist offers based on common cultural identity in the Croatian-BiH space in order to improve the competitiveness of the local tourism economy. The stated should be realized by means of development of small scale infrastructure along Our Lady of Sinj Route aimed to enhance the attractiveness of Croatian-BiH cross border region as a tourism destination, improvement of knowledge/skills of tourism service providers and NGOs in the Croatian-BiH region to promote tourist offers and provide quality service to tourists, raising awareness among citizens &amp; tourists of the offers, services &amp; attractions along the Our Lady of Sinj Route, etc. Some of the project activities include: construction and installation of necessary infrastructure for the development and renovation of the Our Lady of Sinj Route, creation of training programmes for the tourism service providers and NGOs in the Croatian-BiH cross border region on tourism marketing, event management, customer service provision, &amp; ICT basics, implementation of training for tourism service providers and NGOs, identification and analysis of tourism offers/products &amp; attractions along the Our Lady of Sinj Route, development of joint tourism promotion strategy, etc.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Increased attractiveness of the Croatian-BiH cross border region as a tourism destination through the construction and installation of the infrastructure and equipment needed for the development and renovation of the Our Lady of Sinj Route; 
 Raised knowledge and skill levels of tourism service providers and NGOs in the Croatian-BiH cross border region to promote attractions and tourism offers;
 Increased awareness in the Croatian-BiH region among citizens &amp; tourists of the tourism offers/attractions in the Croatian-BiH region and of the added value of the project to the tourism development of the region.</t>
   </si>
   <si>
     <t>Bridging Diversity</t>
   </si>
   <si>
     <t>28 587 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The Project seeks to specifically target the issues of ethnic, religious and national prejudices which inhibit the development of social cohesion in the cross-border area.
 The Project will create an opportunity for citizens from the border area to meet through creative activities at community level. Planned activities will include inter-active events and will seek to avoid rhetoric but speak through innovative visual and audio stimulus, boldly presenting the wealth of diversity as a vital component of social cohesion. 
 A public call will be issued through existing networks inviting women artists in Croatia and Bosnia &amp; Herzegovina to use visual and creative means to express their understanding of “common values – women and diversity”. The selected works will be exhibited in public spaces in Livno and Omiš. These public spaces will in turn host interactive workshops with members of the communities.  Within this creative and secure environment other topics will be raised such as themes of “common values in building social cohesion”, “diversity as a communication tool”, “women’s entrepreneurship”, “eco-tourism in rural cross-border areas”…</t>
   </si>
   <si>
     <t xml:space="preserve">The project planned to identify common values and understanding as a basis for future joint cooperation between women in the border area.  This result was achieved through the organisation of the Cross-border Conference "Bridging Diversity" which took place from 4-6.4.2014 in Omiš, Croatia. 38 women from grassroots women-led NGOs in Croatia, Bosnia-Herzegovina, Kosovo, Macedonia, Montenegro and Serbia benefitted from the participation which addressed the following central themes: i)   women and grassroots peace processes: mobility and exchange; ii)  cross-border cooperation: an opportunity for intercultural dialogue; iii) creative partnerships: a step towards sustainability.	2 cross-border alliances are initiated between Conference participants representing women-led NGOs and two new cross-border project ideas were developed.
 The ten interactive community workshops and the one cross-border conference, again, addressed the transfer of experience, expertise and vision between women in NGOs. The exchange occurred between participants who were from different states and backgrounds.
 With view to stimulate the communities in the border area to explore ways in which prejudices and negative assumptions can be addressed, the project activities provided the platform for interactions at the cross-border exhibition, concerts and NGO fair
 Two concerts were successfully realised with just over 500 people attending. The exhibition of 30 works was realised and was viewed in two venues – Livno and Omiš, and then additionally in Knin, with estimated 1,350 visitors.  
 The project organised an NGO Fair with 17 participating NGOs, represented by 54 women activists from the cross-border area.</t>
   </si>
   <si>
     <t>Protection of nature and environment from forest fires - ForestEye</t>
   </si>
   <si>
     <t>252 240 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Main); Gender
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project sought to contribute to the protection of nature and environment in the cross-border area with a high risk of forest fires. 
 In particular, the project raised capacities of local and cross-border firefighting teams in Split Dalmatia County and in Canton 10 and helped to increase awareness on the subjects related forest fires risks. 
 www.foresteye.eu </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - 1 Cross-border Firefighting Intervention Team established and 1 Action Plan created 
 - Improved access for forest firefighting intervention actions: 
           a) 7,5 km fireroads (8 HRand 9,5 BiH); 
           b) 4 watch towers (2 HRand 2 BiH); 
           c) 5 water wells (3 HRand 2 BiH) 
 - 2 edu-info centres established (1 HR and1 BiH) and 4 educational-recreational trails (1 HR and 3 BiH) 
 - 1020 students (20 HR and 1000 BiH) educated at 10 educational events (1 HR and 9 BiH), 
 - 218 student s (118 HR and 100 BiH) and 33 teachers (25 HR and 8 BiH) educated through field work at edu-info centres and edu-rec trails, 
 - 4 eco-sections established and equipped, 
 - 18 teachers (10 HR &amp; 8 BiH) trained in TtT programme 
 - 1 website launched, 