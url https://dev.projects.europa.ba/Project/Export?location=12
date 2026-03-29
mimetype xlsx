--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,87 +30,87 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Special Measures to Support the Response to the Refugee and Migrant Situation in Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>7 217 168 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project is to support Bosnia and Herzegovina in managing migration flows in the context of increased number of refugees, asylum-seekers and migrants entering the country since the end of 2017. 
 The action will be subject to a Delegation Agreement between the European Union (EU) and the International Organization for Migration (IOM). UNHCR and UNICEF will Grant Beneficiaries and implement specific activities under selected outputs, directly as well as through their partners. Through this action, IOM, UNHCR and UNICEF will work to ensure the basic needs and human rights of Persons of Concern (PoC), including migrants, asylum seekers and refugees, with special attention for persons with specific vulnerabilities and needs, such as children.
 The action will build on previous and ongoing efforts of the government and international and local organizations. The action focusses primarily on providing for the basic food and accommodation needs of PoC, including access to water sanitation and hygiene, through the winterization and operation of four reception centres in Una-Sana and Sarajevo Canton, with a combined capacity of 2,700 persons, with capacity to accommodate up-to 400 families with children.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Adequate and sufficient nutrient-rich, age and culturally sensitive food is provided in all temporary reception centres 
 - Complementary food and nutrition, baby food and infant formula provided in all temporary reception centres hosting babies and infants. 
 - Shelter and WASH in frastructure, and furniture are in place in Sarajevo and Una-Sana Canton. 
 - Camp Coordination and management capacities, including registration of PoC, are scaled up. 
 - Identified vulnerable refugees/migrants, including accompanied and UASC and victims of SGBV, have access to protection-sensitive accommodation. 
 - Cultural and age sensitive Non-Food Items are provided to PoC in need. 
 - PoC in vulnerable situations are identified and referred to appropriate assistance and protection services. 
 - PoC, including UASCs, have access to asylum, including information, counselling and legal assistance in their own language. 
 - PoC have access to psychosocial support and other age and gender appropriate services. 
 - PoC are supported to access primary and secondary health care. 
 - PoC children are supported to attend primary and secondary education.
 - The Border Police and the Service for Foreigners’ have the human and technical capacity detect, identify, register and refer PoC entering the co untry in an irregular manner. 
 - Local initiatives to promote social cohesion among PoC and host communities are provided with support.</t>
   </si>
   <si>
     <t>Special Measures to support the response to the Refugee and Migrant situation in Bosnia and Herzegovina Phase II</t>
   </si>
   <si>
     <t>23 000 000 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Gender
  (Significant); Civil society (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project is to support Bosnia and Herzegovina in managing migration flows in the context of increased number of refugees, asylum-seekers and migrants entering the country since the end of 2017. 
 The action will be subject to a Delegation Agreement between the European Union (EU) and the International Organization for Migration (IOM). UNHCR and UNICEF will Grant Beneficiaries and implement specific activities under selected outputs, directly as well as through their partners. 
 Through this action, IOM, UNHCR and UNICEF will work to ensure the basic needs and human rights of Persons of Concern (PoC), including migrants, asylum seekers and refugees, with special attention for persons with specific vulnerabilities and needs, such as children. 
 The action will build on previous and ongoing efforts of the government and international and local organizations. The action focusses primarily on providing for the basic food and accommodation needs of PoC, including access to water sanitation and hygiene, through the winterization and operation of four reception centres in Una-Sana and Sarajevo Canton.</t>
   </si>
   <si>
     <t>Supervisory services related to contract 2016/375-823 for Construction of the Ca ntonal Court in Bihac</t>
   </si>
   <si>
     <t>13 340 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Not targeted); Gender
  (Not targeted); Climate action
@@ -145,99 +145,99 @@
   </si>
   <si>
     <t xml:space="preserve">This project is the 3rd phase of the EU Special Measures to support the response to the refugee and migrant situation in BiH. 
 The overall objective is to support BiH in the areas of migration, reception and border management in the context of increasing numbers of migrants, asylum seekers and refugees, who for the purpose of this document will be referred to as Persons of Concern (PoC), who have been transiting through the country since the end of 2017. 
 Faced with an increasing number of refugee and migrant boys and girls staying in BiH, state institutions, UN agencies and NGOs have recognized the need to ensure that greater efforts are made to allow children to exercise their right to education. In the future, the support by UNICEF to unaccompanied and accompanied children including safe zones, legal guardians and other services will continue as during the current period, and adjustments will continue to be made as the numbers, situation and needs evolve. A key challenge that persists is the absence of appropriate and suitable alternative care arrangements for the most vulnerable UASCS, with the majority being accommodated in TRCs. Alternative family-based care arrangements and supported independent living options should be explored and considered in line with the best interest of each child, and discussions with key counterparts on these issues continue. Regulations related to child admission, placement, care planning, and case review should be based on BiH case management guidelines and aligned with broader efforts to strengthen the care system in the country.
 The rapid deterioration of COVID-19 epidemiological situation and public health measures imposed by governments to contain and mitigate the outbreak, including lockdowns of reception facilities, curfews and movement restrictions have severely impacted the health and welfare of refugee and migrant women and girls. The complexities of COVID-19 coupled with frequent and often unsuccessful onward movement attempts resulted in a prevalence of GBV against refugee/migrant women and girls, men and boys. PoC access to primary and secondary health care, through increased quality, efficiency and accessibility of health-care services (involving professional medical staff sensitive to refugee and migrant issues.
 Project will be subject to a Multi-Partner Contribution Agreement between the European Union (EU) and IOM, UNICEF, UNHCR, and UNFPA.  
 The primary focus will be to maintain ongoing activities supporting the coordination and management of reception centres, provide for the basic food and shelter needs of PoCs, including water sanitation and hygiene (WASH), and facilitate access to protection services. Special attention will be given to persons with vulnerabilities and special needs, such as children, in particular Unaccompanied and Separated Children (UASC), single parents traveling with children, single women, pregnant and lactating women and other vulnerable individuals through improved identification and referral pathways.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Support to the Management and Operations of 7 TRC's to offer decent living conditions for more than 6,040 people (before the closure of Bira TRC) to an acceptable standards
 - Through these reception centres, PoC had access to food, non-food-items, psycho-social support services, information, counselling and legal aid, and primary and secondary health care. 
 - State authorities, with the support of IOM and its UN partners, have developed a plan for suitable accommodation solutions for vulnerable individuals.
 - Through providing direct support to MoS and MHRR, UNHCR ensured vulnerable PoC living in AC Delijaš and RRC Salakovac, providing them with adequate reception and services; 
 - The asylum system in BiH was strengthened through enhanced capacity and refugees and asylum-seekers received necessary free legal aid and legal information. 
 - Protection outreach for vulnerable individuals located outside of TRCs was strengthened, through improved coordination, monitoring and referral, while at the same time providing community-based protection in TRCs. Especially vulnerable individuals benefitted from protection-sensitive accommodation in safe houses.</t>
   </si>
   <si>
     <t>Mobil library service for life long learning in rural communities of Karlovac Co unty and Una Sana Canton - MOBILLL</t>
   </si>
   <si>
     <t>45 072 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project seeks to enable access to community based services that foster lifelong learning and cross border networking of rural communities in Karlovac County (Croatia) and Una Sana Canton (Bosnia and Herzegovina).
 With the aim to establish a continuous and quality access to information through mobile library services and carefully designed training sessions for adults in rural areas, the project will enhance the mutual co-operation and awareness on subjects such as democracy, civil rights, alternative income generation and related best EU practices. To enhance the cross-border exchange, a set of cultural activities will be organised, including the International librarien conference "Juni na Uni"  and a formal  cross-border network for support of the mobile library service will be established.</t>
   </si>
   <si>
     <t xml:space="preserve">The project established mobile library services in Karlovac and Bihac. As a first step, van vehicles were purchased and adapted for library (interior adaptation for accommodation and transport of books, ICT equipment with wireless internet access, heating / cooling system; books and material were selected according to the target users). Between the mobile library establishment  end of January 2014 and the end of the project in May 2014, more than 12,500 volumes of books and other materials were loaned by the library service users. Approximately 1400 inhabitants of the bordering rural areas use mobile library services.
 Through the mobile libraries services the project enabled that the population in rural areas along the border will have possibility to use the library services and thus create conditions for their access to life-long learning (LLL).  A series of educational activities to support LLL and cultural events were organised by the mobile library service.
 To foster the cross-border exchanges, a  cross-border community network of public institutions and NGOs in the field of education, culture and local community development was established.</t>
   </si>
   <si>
     <t>Business Innovation and Investment Support in the Una Sana Canton - BINOVA</t>
   </si>
   <si>
     <t>309 446 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>This project supports SME development in Una-Sana Canton.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Partnership and cooperation among local stakeholders in the USC strengthened and made effective through the adoption of SME Incentives Programme for 2015. 
 - Renovated and equipped business support centre providing business advice and training to SMEs 
 - Business environment improved via one-stop shops for investment promotion and FDI support.</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina SME Competitiveness Support Facility</t>
   </si>
   <si>
     <t>4 000 000 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project helped SMEs access to finance for upgrade of production facilities in line with relevant EU Directives and standards in the fields of environment protection, health and product quality and safety. 
 Thanks to EU support for business advisory and incentives, some 80 SMEs made eligible investments worth 20 million EUR from EBRD credit line disbursed through Sparkasse, UniCredit Banja Luka and Intesa SanPaolo local banks. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved access to finance for capital investments 
 - EU production standards implemented in SMEs 
 - Improved availability of SMEs business advisory for implementing  environment, labour health &amp; safety and product safety &amp; quality standards.
 - Case studies available on https://www.ebrd.com/news/2018/ebrd-and-eu-supporting-small-businesses-in-bosnia-and-herzegovina.html  
 - Good project examples:
 a) Hasic drvo Gradacac - Wooden games and toys are distributed all over the world; 
 b) Izazov  Kalesija - exports furniture both to the region and to the European market;  
 c) Padjeni from Bileca - modernised its dairy production and increased  competitiveness.</t>
   </si>
 </sst>
 </file>