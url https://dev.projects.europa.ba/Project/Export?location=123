--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,215 +30,215 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Building-up countryside tourism destinations around Sarajevo to diversify the ru ral economy</t>
   </si>
   <si>
     <t>179 957 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>This project encourage local networks of stakeholders and citizens to create a favourable environment for employment opportunities in Bosnia and Herzegovina. It generates new professional skills, in order to facilitate innovation, self-employment opportunities and complementary incomes in rural areas. This will strengthen a sustainable model of local rural economy, by diversification of strategies, valorising and preserving natural resources, local identities and heritage, in order to alleviate poverty and reduce rural exodus.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - A pilot RT cluster is created to structure 4 countryside tourism destinations around Sarajevo and to enhance their visibility, thanks to the exchange and support with EU partners;
 - Agriculture producers and rural enterprises in tourism strengthened their competiveness, by improving their professional skills, knowledge and quality of their offers
 - 4 destinations are actively promoted to gain new markets;
 - The expertise on rural tourism sector’s opportunities is increased, providing better capacity to the civil society organizations to influence policy and decision making processes.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>Katun Roads of Montenegro and Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>396 518 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>The project plans to diversify tourism offer focused on promotion of rural destinations.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved infrastructure for tourism development in 50 katuns in cross border area,
 - Increased capacities of rural population (approximately 100 households) for tourism services in katuns,
 - Unique values of 50 katuns as drivers  for agriculture and tourism development promoted.
 </t>
   </si>
   <si>
     <t>'''Greening the management of protected areas in SRB-BIH cross-border cooperati on" CfP CBC BIH/SRB Application 62</t>
   </si>
   <si>
     <t>76 456 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The Project seeks to improve institutional infrastructure and capacities of protected areas, ecotourism business and social welfare of local communities. 
 Specific problems to be addressed by the Project include: slow promulgation process, small size and outdated management of nature protected areas; low volume, quality and performance, poor marketing and low promotion of eco tourism in protected areas (less effective use of natural welfare together with uncontrolled tourism development);  small degree of involvement of NGOs in the related activities.
 By improving the productivity and the competitiveness of the area’s environmental resources, the Project will stimulate regular interaction between the environmental NGOs across the cross-border region. It will also stimulate contacts between reserve managers, governmental agencies, local communities and private businesses via: exchange of know-how; selected small investments in ecotourism infrastructure, as well as possible establishment of ecotourism cross-border clusters. 
 It will stimulate local economic development by supporting the development and improvement of ecotourism products &amp; services; integration of cultural heritage and environment into tourism products and joint marketing of these products. Furthermore, the Project will contribute to increasing the knowledge of people working in ecotourism and agriculture and the use of ICT tools for developing and marketing ecotourism and eco-products. 
 This action will also support awareness raising activities on environmental issues and joint actions to ensure that existing and future protected area are managed so that they can sustain the pressures of tourism development without losing their value.
 The overall objective of the action is: 
 -	To foster the role of the Civil Society Organisations in integrated management planning and eco tourism development in  nature protected areas within the programme area (BiH-Serbia) as a tool for local and regional sustainable economies development 
 Specific objectives of the action are:
 -	To create an Action plan for strengthening the role of environmental NGOs in development of protected areas and sustainable tourism within the programme/border area, in line with relevant strategic documents of Serbia and B&amp;H, related to environmental protection and tourism development.  
 -	To implement integrated natural resources management and eco tourism development practices in 2 pilot areas in line with relevant international conventions and treaties . 
 -	To create a network of protected areas and NGOs involved in eco tourism development and nature protection in programme/border area with the purpose of exchanging experience and implementing the Action plan and securing sustainabilty and follow up of the actions.</t>
   </si>
   <si>
     <t xml:space="preserve">1. 	The Project developed an Action Plan for strengthening the role of environmental NGOs in development of protected areas and sustainable tourism within the programme area in line with relevant national strategic documents. The Action Plan is a tool for fostering the role of environmental NGOs in management and eco tourism development in  protected areas within the Serbia-BiH cross-border region. The Plan was supported by the local authorities and the NGO network established during the project. 
 2. 	A network of protected areas and NGOs involved in eco tourism development and nature protection in programme/border area was established. Network of NGOs and protected areas from the Serbia-BH cross – border region includes 35 members and represents a powerful body for the cross-border cooperation on creation and implementation of joint actions aimed at eco tourism development in protected areas. A declaration signed at the Final project workshop introduces the rules of network functioning and defines benefits and obligations of the Network members which will secure smooth functioning of the Network after the project is officially finished.
 3. 	Guidelines for integrated natural resources management and sustainable tourism development in line with relevant international conventions were drafted, printed and distributed to the target groups:  NGOs, local government, SMEs and entrepreneurs dealing with accommodation and catering services on how to improve ecotourism, generate income and at the same time protect natural resources.
 4. 	The project contributed to the increase of capacities and improved opportunities for eco-tourism development in the 2 pilot areas by developing the Business plan on the justification of investments in the reconstruction of the barracks at protected landscape Bijambare in Sarajevo Canton and developing Preliminary Design Plan of Adventure Park in Nature Monument „Sopotnica Waterfalls”.</t>
   </si>
   <si>
     <t>Support to the development of rural tourism destinations in Rajac and Vranica mo untains</t>
   </si>
   <si>
     <t>117 953 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project proposes to diversify the tourism offer in general in selected areas of Vranica (BiH) and Rajac (Serbia) by supporting family scale and community projects.
 The activities are designed to support regional exchanges in the Western Balkans for local communities to share their economical initiatives and comparative advantages. The support to better professionalization in rural tourism sector will be ensured by creating regional networks to have a better representation and access to market at a EU level.</t>
   </si>
   <si>
     <t xml:space="preserve">During 24 months of implementation the project strived to unite the scattered rural tourism initiatives through identifying the existing businesses and stakeholders and organize them into a coherent tourist product. 
 These efforts, classified into three groups of activities: 1) small tourist infrastructure and equipment, 2) capacity building of different stakeholders and 3) promotional and networking activities. 
 In Bosnia and Herzegovina, 7 tracking trails in total length of 100 km in Vranica area were marked with mountaineering signalization; 5 information panels and small scale inventory including  3 tables, 30 benches and 50 signposts were installed along the trails. Two cycling trails were marked in total length of 30 km. This will increase the safety of the cyclists and enrich tourism offer in the area. 
 Two thematic routes were created in Fojnica and Kreševo 7 producers and 2 small family restaurants from Fojnica and Kreševo who offer traditional gastronomy and homemade specialities were promoted in “A mouthful of health” brochure. 8 cultural and religious monuments were promoted in “Bosnian soul and spirit” brochure. Both brochures (3800 copies) were promoted on 3 tourism fairs the offer was further improved by inclusion of a traditional blacksmith in Kreševo which had been reconstructed by the project, as well as by increasing capacities of the Vranica mountaineering association (Fojnica) by provision of safety equipment for climbers. 
 The project contributed to strengthening the competitiveness of the rural tourism actors in both territories by improving their professional skills. Through thematic trainings on B&amp;B management environmental aspects of tourism, traditional gastronomy in rural tourism and a study visit, rural tourism providers enhanced their knowledge and adopted new marketing and ICT tools, including a joint blog in the English language http://vranicarajac.wordpress.com/.
 These coordinated efforts on enhancement of the capacities and infrastructure resulted in establishment of new tourist offers: One day package tour created for local tourist offer in Ljig area and Fojnica respectively; two joint package tours created for 3-day and 5-day stays (including visit to Rajac and Ljig in Serbia, and Visegrad, Sarajevo and Fojnica in Central Bosnia). These package tours (1, 3 and 5 days) are available today at the Seoski Turizam Srbije and LTO Ljig website while the project established the web page www.alterural.ba to promote rural tourism in BiH.</t>
   </si>
   <si>
     <t>Agriculture Forecast - Reporting System (AFRS) in the Cross Border Region</t>
   </si>
   <si>
     <t>80 216 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project was aimed at improvement of competitiveness of stakeholders in agriculture sector in project area in using land as economic, rural and environmental resource, with specific objective being establishment of the innovative concept of integrated agriculture production based on IT forecasting and reporting between agriculture extension service providers and production sector in project area.</t>
   </si>
   <si>
     <t xml:space="preserve">EU best practice models in forecast-reporting system introduced among project stakeholders;
 System for agriculture reporting and forecasting established (15 agriculture weather stations purchase and installed in B&amp;H, information/data collected and filled-in existing databases necessary for system functioning);
 Awareness raising campaign on use of information from forecast-reporting systems.</t>
   </si>
   <si>
     <t>Strengthening professional adult education in rural areas</t>
   </si>
   <si>
     <t>94 030 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Gender
  (Significant); Digital