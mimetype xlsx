--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Design and studies for betterment of road on South East Europe Transport Observa tory Route 2a, section Banja Luka¿ Ugar ¿ La¿va, Road section South end of Banja Luka Bypass ¿ Ugar (inter entity boundary line) ¿ Donji Vakuf</t>
   </si>
   <si>
@@ -92,51 +92,51 @@
 The purpose of the project is increase of mobility and fostering of the cooperation with the EU, regional cooperation and economic development of BiH.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Completion of the set of documents required for tendering of works for the betterment/reconstruction/construction of the SEETO route 2a, represented by arterial/main roads M5 and M16, on sections Banja Luka – Ugar (IEBL) – Lašva. 
 The outputs arising from this result shall include, but would not necessarily be limited to:
 - Review on compliance of the conceptual design with the relevant legislation and spatial plans of RS and FBiH,
 - Optimisation of alignment laid down in the phase of the conceptual design, including introduction of connections to the adjacent roads, and relocation of colliding road sections and buildings,
 - Prepared preliminary design for betterment, based on the conceptual design, 
 - Prepared extract of documents for obtaining of the spatial conditions, and ultimately the spatial conformity for betterment/reconstruction/construction interventions, 
 - Prepared feasibility study,
 - Prepared environment impact assessment,
 - Prepared road safety audit report,
 - Prepared main design for betterment / reconstruction / construction interventions, including interchanges, connections to the adjacent roads, and relocation of colliding road sections and buildings,
 - Revised main design by the contractor authorized for revision under the Laws of FBiH and RS, respectively,
 - Prepared tender dossier for construction of the respective betterment interventions, interchanges, connections to the adjacent roads, and relocation of colliding road sections.</t>
   </si>
   <si>
     <t>Grain Trade Route, Kupa-Sava</t>
   </si>
   <si>
     <t>232 457 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project seeks to contribute to the creation of a joint economic space in the middle Sava basin with the aim to improve the livelihoods of citizens in this cross-border region by developing and promoting the region as a single tourist destination.
 This project targets the counties Karlovac, Sisak-Moslavina and Brod-Posavina on the Croatian side and the municipalities Banja Luka, Mrkonjić Grad, Novi Grad, Bosanska Kostajnica, Dubica, Ključ, Ribnik, Sanski Most, Prijedor, Jajce, Šipovo, Laktaši, Gradiška on the BiH side. On both sides of the border the economy has been severely affected by the consequences of the conflicts in 1990s and by limited integration to the global economy. Therefore the cross-border region is seeking to identify sustainable sources of economic growth and the development strategies produced at local levels have identified tourism as a potential development factor. 
 The proposed tourist itinerary (Grain Trade Route) and tourist packages will combine attractive natural sites with active adventure pursuits and elements of culture from each of the locations. The itinerary will connect regional attractions led by the unique attraction Korablja, linking these rural areas to tourism markets in more developed destinations, thereby creating stronger economic opportunities. It will encourage tourists to stay longer and spend more in the region and contribute to the creation of a common economic space. Through offering quality products and active promotion, touristic packages are expected to attract more visitors, spreading economic benefits across the region and having the potential to increase the incomes and create new job opportunities for the target groups and beneficiaries of the project.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 1. Increased awareness of the potential economic benefits of cooperative activities supported through a cross-border coordinating organisation; 
 2. Improved small-scale infrastructure and replica of the historical ship “Korablja” through enabling visitors to navigate in the cross-border area and to experience different products and services along Grain Trade Route; 
 3. Established regional information exchange system and improved access of visitors to information; and
 4. Improved joint marketing and leveraging of marketing resources to reach target markets.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>