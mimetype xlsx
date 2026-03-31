--- v0 (2025-10-30)
+++ v1 (2026-03-31)
@@ -30,100 +30,100 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>Katun Roads of Montenegro and Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>396 518 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>The project plans to diversify tourism offer focused on promotion of rural destinations.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved infrastructure for tourism development in 50 katuns in cross border area,
 - Increased capacities of rural population (approximately 100 households) for tourism services in katuns,
 - Unique values of 50 katuns as drivers  for agriculture and tourism development promoted.
 </t>
   </si>
   <si>
     <t>Strengthening professional adult education in rural areas</t>
   </si>
   <si>
     <t>94 030 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Gender
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project aimes at reinforcing social links in rural areas of Serbia and BiH, prevention of social isolation of marginalized rural groups (unemployed, women, youth) and revitalization and development of rural areas of Serbia and BiH involving mitigation of rural exodus in the cross border regions. The specific focus is given to new employment opportunities to rural families in Central Bosnia and Macvanski County through professional adult education.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 The project management procedures defined, communicated and implemented;
 New professional skills provided to rural families through tailor made assistance;
 Rural families linked to professional and social network in respective areas by regional exchanges and better access to information;
 Local decision makers/public stakehoders better informed about innovative tools for fight against social exclusion.</t>
   </si>
   <si>
     <t>SA-SA Support to cooperation, inclusion , education and promotion of Roma cultur e in Bih and Serbia</t>
   </si>
   <si>
     <t>107 074 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender