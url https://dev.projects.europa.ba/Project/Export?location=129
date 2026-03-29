--- v0 (2025-12-16)
+++ v1 (2026-03-29)
@@ -30,75 +30,75 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 378 households will be provided with adequate and disaster-resilient housing,
 - Within them, 85 households will also benefit annual income generated, through the livelihood measures.
 - Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Design and studies for betterment of road on SEETO Route 2a, section Banja Luka¿ Ugar (IEBL) ¿ La¿va, Lot 2</t>
   </si>
   <si>
@@ -134,51 +134,51 @@
   <si>
     <t>EMPOWER - Empowering Civil Society Organizations in the Social Inclusion of Persons with Disabilities</t>
   </si>
   <si>
     <t>378 000 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project is aimed at strengthening of CSOs of Persons with disabilities to contribute to social development and social inclusion in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - In total, 35 grassroots CSOs from 7 areas in BiH will be strenghten through training activities and supported through grant scheme to implement activities in the area of their comptetencies (social services, education etc.) 
 - Local authorities in at least 15 communitites will be organised in Action group and improve coordination and communciation with Civil society and be able to define and design actions aimed at imrovement of position of Persons with disabilities.</t>
   </si>
   <si>
     <t>Support to Local Employment Partnerships</t>
   </si>
   <si>
     <t>3 758 362 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project was aimed to contribute to the strategic development of BiH's labour market by fostering sustainable, partnership-driven active labour market frameworks at the local level for an increased access to formal employment, particularly in flood-affected areas. Project is completed on 30 April 2019. 
 Key target groups were LEPs members, including local labour market stakeholders from public, private and civil society sectors (existing LEPs, unemployed, employed, business owners, regional and local PES, employer organisations, trade unions, chambers of commerce, regional development agencies, non-governmental organisations, formal and non-formal education providers, regional and local governments) in selected municipalities/towns. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Key local stakeholders across the country increased awareness and capacity to participate in the LEP scheme and funding opportunities available 
 - Eligible LEPs successfully design local employment development initiatives for financing from the EU and local resources. 
 - LEPs are capable of successfully defining and steering the implementation of active labour market policy measures supporting the execution of employment/human resources integrated development strategies, in line with specific local needs.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>