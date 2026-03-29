--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -63,99 +63,99 @@
   <si>
     <t>The main goal of school sports infrastructure is the reconstruction and modernization of schools' gyms in 12 schools including Faculty of Sport as well.</t>
   </si>
   <si>
     <t>Renovated gyms in 11 primary schools and Faculty of Sport</t>
   </si>
   <si>
     <t>Supervision of the works on the “EU4SPORT - To foster positive social development through improvement of sports infrastructure in schools</t>
   </si>
   <si>
     <t>196 150 €</t>
   </si>
   <si>
     <t xml:space="preserve">The contractor shall provide supervisory services to ensure execution and completion of   renovation/modernisation works in accordance with the EC procedures, on time, within the budget available and in accordance with provisions of the Contract and Technical Specifications for execution of the respective works within lots 2 and 3.</t>
   </si>
   <si>
     <t>Superviison of works on 18 schools</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI MSME development in G orazde, Rogatica, and Foca under Lot 1</t>
   </si>
   <si>
     <t>395 053 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generation of economic growth and employment through targeted assistance to 196 MSMEs in competitive sectors in BiH, namely, dairy and fruit, berries and vegetable production by  PROVIDING business advisory services, grant assets, quality standard certification (GLOBALGAP and organic farming), business matchmaking and better market access and positioning.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increasing standards and quality control as well as on improving market positioning. We provided business trainings for 196 producers and by that, improved their knowledge to run their businesses. The European Union supported 129 fruits and vegetables producers (approx. 516 family members) through marketing trainings, standardisation, and production planning, with increase in production and sales of their products (vegetables, fruits and berries producers) by at least 40%. We also provided 67 dairy farmers (approximately 268 family members) with basic standardisation training and marketing chain courses, making them skilled for sale improvement with proper marketing and quality standards. We ensured that 196 MSMEs received equipment, material etc. to increase production capacities. At least 2 sustainable business networks are established with business support organizations and 80% of the entrepreneurs benefit from it. At least 90% of the supported entrepreneurs started their certification process for increase of quality products.
 Overall, the project provided for the economic empowerment of small scale businesses through provision of four main preconditions for a sustainable development: practical and theoretical trainings, equipment and material support, networking and certification. 
 The proposed intervention substantially contributed to improving the quality of life in the target local communities with wider effects by decreasing the dependence on the social system and decreasing unemployment.</t>
   </si>
   <si>
     <t>Agriculture Forecast - Reporting System (AFRS) in the Cross Border Region</t>
   </si>
   <si>
     <t>80 216 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project was aimed at improvement of competitiveness of stakeholders in agriculture sector in project area in using land as economic, rural and environmental resource, with specific objective being establishment of the innovative concept of integrated agriculture production based on IT forecasting and reporting between agriculture extension service providers and production sector in project area.</t>
   </si>
   <si>
     <t xml:space="preserve">EU best practice models in forecast-reporting system introduced among project stakeholders;
 System for agriculture reporting and forecasting established (15 agriculture weather stations purchase and installed in B&amp;H, information/data collected and filled-in existing databases necessary for system functioning);
 Awareness raising campaign on use of information from forecast-reporting systems.</t>
   </si>
   <si>
     <t>'''Cross-border Fire Protection"</t>
   </si>
   <si>
     <t>143 058 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective of the project is to reduce the vulnerability of BiH and Montenegro to natural disasters and preserve the environment and natural resources through cross-border cooperation in the area of disaster risk reduction (DRR) and implementation of a joint program for reduction of open space fires. 
 Specific objective is to improve the capacity of the cross-border area to deal with open space fires through cross-border cooperation, joint capacity building and awareness raising campaign.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved capacity of national and municipal institutions and services dealing with protection and rescue;
 - Population and local authorities in the cross-border area and target municipalities familiarised with preventive actions against fires, protection and rescue and DRR;
 - Improved cross-border cooperation between institutions and services in charge of protection and rescue from BiH and Montenegro;
 - Improved capacity of the voluntary fire fighting associations from target municipalities and their work and importance for protection of local communities promoted.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">