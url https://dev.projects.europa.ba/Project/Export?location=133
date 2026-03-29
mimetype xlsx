--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,104 +30,104 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Provision and improvement of the quality of adult education in the context of li felong learning</t>
   </si>
   <si>
     <t>148 232 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Main); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The purpose of this project is to develop program and institutional capacities, and improve access to adult education in the context of lifelong learning. 
 Specific Objectives are: 
 - Creation of strategic framework for adult education in the c ontext of lifelong learning and systematic regulation of professional development of andragogical personnel. 
 - Decrease of imbalance between sup ply and demand for labor and improvement of competences, competitiveness and employment in the Upper Drina region area. 
 - Harmonization of secondary vocational education with economy’s needs by advocating amendments to the law on secondary vocational education. 
 - Raising public awareness ab out benefits of new legislation on adult education and the importance of lifelong learning.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Recommendations accepted and Strategy in the field of adult education ad opted by relevant ministry, and an initiative for systematic regulation of andra gogical education initiated 
 - System of cooperation between target groups improved and 250 certified persons trained to work. 
 - Legislative procedure initiated and created precondit ions for taking the Master craftsman exam.</t>
   </si>
   <si>
     <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 378 households will be provided with adequate and disaster-resilient housing,
 - Within them, 85 households will also benefit annual income generated, through the livelihood measures.
 - Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>EU support to regional development in BIH call VI ''''Agricultural Cooperatives development ACCORD under Lot 1</t>
   </si>
   <si>
     <t>311 450 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Gender
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European union project aimed at enhancing Fruit and vegetable sector in BiH to achieve a trend of continuous employment increase by providing seven (7) target agricultural cooperatives from 16 municipalities in BiH with increased production and sale of fruits and vegetables, more jobs created and better access to the market.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increasing knowledge and awareness about standards and quality control, as well as on improving market position for one small segment of domestic agricultural producers. A total of 200 new farmers were included in the commercial cooperative chains and the scope of production was attuned to market requirements in order to increase supply of fruits and vegetables for both domestic and regional markets. 
 We provided support in form of technical trainings and start-up equipment packages, which helped cooperatives to achieve the significant production results in the agricultural season 2011. This allowed an increase in average household income for additional 1.850 KM/year and, the farmers generated total income in the amount of 369,918 KM from the production and sale of fruits and vegetables through target cooperatives.
 Tangible benefits at the farmers' level include: number of new farmers in target cooperatives increased by an additional 200; number of new employees increased by 22; food and vegetable production and buy-off increased by 75%; Sales of products increased by 26%. All 7 cooperatives completed Strategic Management and Marketing Planning training and developed their own strategic development plan and marketing plan; 2 cooperatives successfully completed the process of preparations for introduction of HACCP standard, and successfully completed the certification process and obtained the HACCP certificate, which makes them more competitive on the global market;  All 7 cooperatives and 200 of their farmers successfully completed the certification process for the Global GAP standards; All 200 new farmers are formally included into chains of target cooperatives and are able to provide further practical and technical skills related to the F&amp;V production. This activity with 200 farmers was like an incubation phase for them as they have been provided with start-up packages.
 The biggest success of this project was introduction and successful completion of the process of obtaining the Global Gap and HACCAP certificates by Vocar and Agrokoraj agricultural cooperatives.</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI MSME development in G orazde, Rogatica, and Foca under Lot 1</t>
   </si>
   <si>
     <t>395 053 €</t>
   </si>
   <si>
@@ -152,75 +152,75 @@
   <si>
     <t>29 671 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Significant); Digital
  (Significant); Civil society (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project has been designated to build  capacities of young people to develop new approaches and relations that will build multi-ethnic relations of citizens living in the Serbia – Bosnia and Herzegovina bordering region and establish good neighbourly relations and closer ties in the relations between the two states. 
 The project activities will include education (lectures and interactive work) of young people, visits of the project participants to all of the communities in the target region with direct insight of the potential for cross-border cooperation, promotion of the need for cross-border cooperation and multi-ethnic relations in local communities.</t>
   </si>
   <si>
     <t xml:space="preserve">1. The main result of this one year project is that a group of 40 young people were educated in active strengthening of the cross-border people-to-people interaction with the aim to establish closer cultural and economic links. The education included areas on human and minority rights, civil and multi-ethnic society principles and cross-border cooperation during a seven- day seminar.
 2. Young people learnt about the potential for cross-border cooperation in the target region through visits to the eight local communities and participation in the Festival “New Ties” in Priboj.
 3. Cross-border cooperation was promoted in the target region through project activities</t>
   </si>
   <si>
     <t>Better Opportunities for Youth Employment</t>
   </si>
   <si>
     <t>36 449 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed at improvement of the socio-economic situation in the cross border region of Montenegro and Bosnia and Herzegovina. The specific objective was to support youth employment of cross border area of Montenegro and Bosnia and Herzegovina. It contributed to the reduction of  the number of unemployed young people by promoting active job searching approach and self-employment and building up the capacity of young people by preparing them for the labour market.</t>
   </si>
   <si>
     <t xml:space="preserve">Established local multi-sectoral task forces in the field of youth employment;
 Needs assessment for schools in the targeted municipalities;
 Analysis of conducted needs assessment and selection of students;
 Preformed training and counselling for career development by means of 	40 trainings in total for 6 municipalities.</t>
   </si>
   <si>
     <t>Agriculture Forecast - Reporting System (AFRS) in the Cross Border Region</t>
   </si>
   <si>
     <t>80 216 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project was aimed at improvement of competitiveness of stakeholders in agriculture sector in project area in using land as economic, rural and environmental resource, with specific objective being establishment of the innovative concept of integrated agriculture production based on IT forecasting and reporting between agriculture extension service providers and production sector in project area.</t>
   </si>
   <si>
     <t xml:space="preserve">EU best practice models in forecast-reporting system introduced among project stakeholders;
 System for agriculture reporting and forecasting established (15 agriculture weather stations purchase and installed in B&amp;H, information/data collected and filled-in existing databases necessary for system functioning);
 Awareness raising campaign on use of information from forecast-reporting systems.</t>
   </si>
   <si>
     <t>'''E761 Convergence''''</t>
   </si>
   <si>
     <t>39 910 €</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
@@ -262,51 +262,51 @@
     <t>Youth - Most Important Driving Engine of Our Region</t>
   </si>
   <si>
     <t>39 562 €</t>
   </si>
   <si>
     <t>The project has dealt with creating preconditions for sustainable development of a cross-border region between Serbia and Bosnia and Herzegovina (B&amp;H) through means of strengthening institutional, human and civil mechanisms for promotion of position of young people who are the bearers of development in both countries. Project objectives included: (1)Analyzing the work of local youth commissions/offices in 16 target municipalities in B&amp;H and Serbia by means of conducting research on their performance over the previous period, (2) Improving capacities and skills of young people for advocating changes which will improve their current position in 16 target municipalities, (3) Establishing an informal network of young people who will be focal points in promoting cross-border cooperation and youth activism in these regions.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Completed preparatory activities as step one towards successful implementation of subsequent project activities; 
 Conducted research on achievements of youth  offices in  16 municipalities of the cross-border region between Serbia and B&amp;H;
 Printed  publication on the work of local youth offices in the cross-border region between Serbia and B&amp;H; 
 Media promotion of the Project and findings of research on work of youth offices/commissions; 
 Strengthened youth capacities to actively address problems in local communities; 
 Local actions carried out by the youth in 16 municipalities of B&amp;H and Serbia; 
 Organized regional cross-border youth conference – “Do You Really Hear What We Say?”</t>
   </si>
   <si>
     <t>Anti Dop Ambassadors beyond borders. Youth cooperation in drug use prevention</t>
   </si>
   <si>
     <t>78 447 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project set as its goal to contributre to sustainable social cohesion in cross border regions. Its focus was on addressing substance abuse issues among youth with the aim to decrease the risk of drug abuse among youth through awareness raising actions and multidisciplinary approach (synergy of civil sector, public institutions and youth initiatives).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Enhanced capacities of the youth in regards to addiction prevention and de veloped cross border Anti Dop Ambassadors youth network 
 - Raised awareness about the role of family institution in addiction prevention among parents from eligible area 
 - Established long-term cross-border partnerships of institutional cooperation (NGO’s and public) 
 - Enhanced social awareness about drug problem through successful promotion of the project in the media.</t>
   </si>
   <si>
     <t>Support to Local Employment Partnerships</t>
   </si>
   <si>
     <t>3 758 362 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender