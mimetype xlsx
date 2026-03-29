--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,80 +30,80 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Provision and improvement of the quality of adult education in the context of li felong learning</t>
   </si>
   <si>
     <t>148 232 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Main); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The purpose of this project is to develop program and institutional capacities, and improve access to adult education in the context of lifelong learning. 
 Specific Objectives are: 
 - Creation of strategic framework for adult education in the c ontext of lifelong learning and systematic regulation of professional development of andragogical personnel. 
 - Decrease of imbalance between sup ply and demand for labor and improvement of competences, competitiveness and employment in the Upper Drina region area. 
 - Harmonization of secondary vocational education with economy’s needs by advocating amendments to the law on secondary vocational education. 
 - Raising public awareness ab out benefits of new legislation on adult education and the importance of lifelong learning.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Recommendations accepted and Strategy in the field of adult education ad opted by relevant ministry, and an initiative for systematic regulation of andra gogical education initiated 
 - System of cooperation between target groups improved and 250 certified persons trained to work. 
 - Legislative procedure initiated and created precondit ions for taking the Master craftsman exam.</t>
   </si>
   <si>
     <t>The Reconstruction of the Basic Court in Foca and the Reconstruction of the Dist rict Prosecutor''s Office in East Sarajevo, Bosna i Herzegovina</t>
   </si>
   <si>
     <t>892 754 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Main); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project is related to the:
 - Reconstruction of the Basic Court in Foča, and 
 - Reconstruction of the District Prosecutor's Office in East Sarajevo. 
 The Project is part of wider initiative of improving judicial efficiency and pr ofessionalism and securing smooth functioning of RoL throughout BiH (IPA 2015, Result 2), throughout reconstruction and modernization of the existing buildings as well as building new constructions where necessary.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Increase the effectiveness in judicial sector by improving working conditions;
 - Improving services to the citizens;
 - Building of Municipal Court in Foca fully repared 
 - Prosecutor's Office in Istocno Sarajevo repaired and new floor to enlarge the space built.</t>
   </si>
   <si>
     <t>Supervision of the construction of the Courthouse in Trebinje, the reconstructio n of the Basic Court in Foca and the reconstruction of the District Prosecutor'' s Office in East Sarajevo, Republika Srpska, Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>142 265 €</t>
@@ -148,51 +148,51 @@
 - Networking among honey producers in cross-border areas and joint placement of products in the market</t>
   </si>
   <si>
     <t>37 756 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Acquired a wealth of knowledge and skills in beekeeping
 - Provided starter equipment and supplies for establishing a business initi ative in beekeeping sector
 - Marketing of new socially responsible products
 - Networking among honey producers in cross-border areas and joint place ment of products in the market</t>
   </si>
   <si>
     <t>Tourism, Adrenaline and Rafting Adventure (T.A.R.A.) (Creation of an integrated cross-border tourist destination for active tourism in BiH and Montenegro cross -border region)</t>
   </si>
   <si>
     <t>397 254 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Gender
  (Significant); Civil society (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to create an integrated cross-border tourist destination in Foca (BiH) and Pluzine (MNE),  internationally recognisable for active tourism.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Cross-border area two municipalities branded as a single destination for active tourism,
 - Joint cross-border tourism products developed,
 - Small-scale tourism infrastructure improved,
 - Established functional mechanism for increasing safety on tourist locations in cross-border areas of targeted municipalities.</t>
   </si>
   <si>
     <t>BEAR in Mind: Bringing environmental actions for the biodiversity protection acr oss the borders</t>
   </si>
   <si>
     <t>369 144 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
@@ -248,51 +248,51 @@
   <si>
     <t xml:space="preserve">The overall objective of the project is acceleration of activities on rehabilitation of the priority sections on the SEETO  Comprehensive Network.
 The purpose of the project is increase of mobility and fostering of the regional cooperation and economic development of BiH.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Completion of the set of documents to enable tendering of works for the betterment/reconstruction/construction on the points of intervention on the SEETO route 2b, laid along the main road E762 (M18) from Sarajevo to Foča (Brod na Drini), to include, but not necessarily be limited to: 
 a) reviewed compliance of the conceptual design with the relevant legislation and spatial plans of the RS and FBiH, 
 b) optimised alignment laid down in the phase of the conceptual design, including introduction of connections to the adjacent roads and relocation of colliding road sections, 
 c) prepared preliminary design for betterment based on the conceptual design, 
 d) prepared extract of documents for obtaining of the spatial conditions and ultimately the spatial conformity for betterment interventions, 
 e) prepared feasibility study, 
 f) prepared environment impact assessment, 
 g) prepared road safety audit report, 
 h) prepared main design for the construction of betterment interventions, including interchanges, connections to the adjacent roads and relocation of colliding road sections, 
 i) revised main design by the consultant(s) authorized for revision under the Laws of RS and FBiH, respectively, 
 j) prepared tender dossier for construction of the respective betterment interventions, including interchanges, connections to the adjacent roads, and relocation of colliding road sections.</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI Support to developmen t of the Eco Tourism in Sutjeska National park under Lot 2</t>
   </si>
   <si>
     <t>348 324 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Because of its unique and diverse natural and cultural beauty, Bosnia and Herzegovina has huge potential for tourism growth, particularly in niche sectors. As economic regeneration progresses, this potential is being realised, but the sector needs massive investment if both domestic and international tourist numbers are to be maximised.
 In that respect, this European Union project aimed at strengthening a sustainable development of BiH tourism potential in the National Park Sutjeska by improving infrastructure, tourism services, transfer of knowledge and information flow between the tourism workers and tourists but also the public in general and by better market positioning. 
 National Park Sutjeska is the oldest and the biggest national park in BiH, established in 1962 mainly involved in tourist development and bio-diversity protection. It covers the oldest and the biggest wildlife forest in Europe named "Perucica" (1434 acres) as the protected area, parts of Maglic Mountain with the highest peak in BiH – 2386 meters of height and represents the most various complex of eco-systems is BiH and South East Europe. There are many national monuments from history, especially the II World War. In 2000, NP Sutjeska was included into category II of IUNC (UN unit for natural heritage protection). NP Sutjeska is also a member of the EUROPARC Federation.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union has improved the NP Sutjeska potential and integrated it as a competitive tourism product in the niche of eco-tourism. We also increased its potential for contributing to the overall economic growth and promotion of Bosnia and Herzegovina as a unique tourist destination. 
 With the European Union funding, natural, and cultural heritage site facilities (trails and picnic areas, mountain lodges, wildlife observation towers etc.) are improved and community based tourism is developed with established and equipped bed &amp; breakfast cluster. We also ensured safe and clean environment through tourist signalisation, certified mountain tourist guides and trained and equipped Mountain Rescue Services. Information dissemination of created tourist product is enhanced via marketing &amp; promotion tools developed and established and equipped tourist info centre. 
 With all that, we have contributed to stronger and more visible promotion of the country's natural and cultural potentials as well as to more tourists visiting this site and the country.</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI MSME development in G orazde, Rogatica, and Foca under Lot 1</t>
   </si>
   <si>
     <t>395 053 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
@@ -367,51 +367,51 @@
   <si>
     <t>136 542 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project's aim was to foster joint sustainable development and to increase the effectiveness of waste management of the cross border area by strengthening capacities of joint institutional networks among private, public and civil society sector. The specific objectives included: a) Establishing waste management cluster as action of the environmental development initiatives in the border areas; b) Raising awareness and educating public, private, civil society sector and citizens on importance of the waste management  and its economic, financial and social aspects; c) Improving joint management and re-establishing cross-border cooperation.</t>
   </si>
   <si>
     <t xml:space="preserve">Established umbrella Cross Border Cooperation Working Group (CBC WG) and maintained an effective dialogue on environmentally friendly social and economic activities;
 Conducted Waste Audit and prepared Waste Audit Document;
 Established two waste management clusters;
 Raised public awareness and educated target groups on sustainable waste management by means of 4 round tables, 2 open days, 12 trainings, 1 final conference, and promotional materials.</t>
   </si>
   <si>
     <t>Establishing the Via Dinarica - a Preface to Regional Cooperation Platform.</t>
   </si>
   <si>
     <t>42 838 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project is supporting development of the joint tourism offer under a common regional brand name Via Dinarica through creation and diversification of the tourism products and services in the bordering area of Bosnia and Herzegovina and Montenegro.
 This should be the first in a row of the projects under the joint development platform Via Dinarica that will stimulate the interactions between companies and communities from both sides of the border and should lead to many new initiatives with a potential to be rolled out along the whole Central Dinaric Alps. 
 The specific objective of the project is to facilitate dialogue and cooperation between Montenegrin and BiH stakeholders, resulting in creation of the new tourism offer along the initial Via Dinarica Route. By linking small towns and rural communities in the targeted region, raising awareness on good business practices and environmental issues, while creating and promoting the new tourism offer, as well as creating linkages among stakeholders in the targeted region and local and national authorities in two countries - the project aims to initiate economic development that will use sustainable tourism practices as a tool.</t>
   </si>
   <si>
     <t xml:space="preserve">1. A new cross-border tourism offer that links small towns and rural communities along the initial Via Dinarica Route identified and established. The offer links 38 small towns and rural communities along the initial Via Dinarica Route has been identified and established. With the development of cross-border biking and hiking trails, a common base for further development was set up. The biking trail is 100 km long, while the hiking trail is 212 km long and connect the national parks Durmitor in Montenegro and Sutjeska in Bosnia &amp; Herzegovina. Both trails are established during the project and their maintenance is ensured after the project life cycle.
 2. The linkages were created and experience exchanged among the stakeholders in the targeted region, improved knowledge and service providers' standards and raised awareness on environmental issues within communities were managed. In order to set a common base for further development, capacity building programmes were conducted and consisted of 4 different trainings which were attended by 34 participants from Montenegro and 21 from Bosnia and Herzegovina out of which 52 participants successfully finished training workshops.
 3. The new tourism offer was promoted, thus strengthening visibility of the region. Significant attention was also paid to identification and promotion of tourism service providers along the biking and hiking trails. It offers 63 service providers from 30 local communities in Montenegro and 43 service providers from 8 local communities in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t>Better Opportunities for Youth Employment</t>
   </si>
   <si>
     <t>36 449 €</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
@@ -479,70 +479,70 @@
   <si>
     <t>42 538 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Main); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The disappearance of common cultural space following the 90s, followed by administrative problems in the attempts to recover cultural and literature contacts, endangered the status of books, writers and other artists, as well as the rights of citizens from both sides of the border, the public and private cultural institutions and civil initiatives to access public information, public goods and to have the right of education and information.
 The specific aim of the project is the renewal of cultural, educational and commercial bounds between south-eastern part of Bosnia and Herzegovina and north- western part of Montenegro, which implies improving the status of books and writers in both countries, with the focus on the over-border area by organizing 6 mini book fairs (3 towns in Montenegro and 3 in Bosnia and Herzegovina). The project will renew or establish relations between local cultural institutions in two countries, between civil initiatives in the region on both sides of the border, as well as between writers and artists. It will enable public and private institutions on both sides of the border, in the towns involved in this project, to start cooperation with a framework and a model which would be applicable in the future period as well.</t>
   </si>
   <si>
     <t xml:space="preserve">Cooperation in the literary circles in the area covered by the project was established through the interaction of cultural scenes in the cities which participated in the program. Along with the interaction of stakeholders, the public in both countries is familiar with the cross-border production. 
 Book market is extended to the population of cross-border areas where book fairs were held;
 The idea of cross-border cultural co-operation has been promoted via media in both countries</t>
   </si>
   <si>
     <t>Eco and Cultural Tourism in South Dinarides</t>
   </si>
   <si>
     <t>60 199 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to support tourism development stakeholders in the region to enhance the development of joint cross-border eco and cultural tourism offer of Southern Dinarides. It focused on analysis and evaluation of South Dinarides tourism potential, including international best practices applicable in the region, improvement of collaboration between local tourism stakeholders and inclusion of South Dinarides in international tourism networks, provision of training to tourism service providers for high-quality tourism service, 
 development of Eco and Cultural Tourism in South Dinarides Strategy, visibility of joint tourism activities by developing the Southern Dinarides tourism web-site and promotional materials, etc.</t>
   </si>
   <si>
     <t xml:space="preserve">Existing studies and analysis gathered, data collected and practical assessment provided about potential for the eco and cultural tourism in Southern Dinarides (Study for BIH, Study for MNE, Joint South Dinarides Study); 
 Tourism stakeholders acquainted with international best practices;
 Two trainings on how to develop and provide high quality eco/cultural tourism offer;
 South Dinarides Eco and Cultural Tourism Strategy.</t>
   </si>
   <si>
     <t>Together On Paths Of Our Past To European Future</t>
   </si>
   <si>
     <t>47 488 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Main); Digital
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims at strengthening co-operation between schools in the cross-border area of Bosnia and Herzegovina and Montenegro through educational, cultural and sport activities. These activities will enhance students contacts and be instrumental for their exchange of ideas and experiences. 
 The joint activities included organizing theatre performances and presenting the cultural heritage of the area as well as reviving the work of the young scouts through the exploration of cultural and historical heritage of the area of NP  Durmitor and of the National Park Sutjeska. Skiing and basketball courses are also planned by the project that will provide the students a chance to jointly acquire and enhance sport skills to be demonstrated in a competition after the courses.</t>
   </si>
   <si>
     <t xml:space="preserve">The project has contributed to the improvement in the quality of cross border exchanges amongst the youth population and strengthened cooperation through educational, cultural and sport activities. The number of cultural, educational and sport events in the cross border region is increased through the organisation of two theatre plays (20 students organising and performing), two museum visits (20 students participating), two quizzes (20 students organising and participating), basketball and skiing courses (40 students participating). 
 These activities were instrumental for raising awareness about common natural and cultural resources.</t>
   </si>
   <si>
     <t>Sustainable Cross-Border Development of Foca and Pluzine municipalities</t>
   </si>
   <si>
     <t>141 486 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project is focusing on improvement of cross-border cooperation potential between Bosnia and Herzegovina and Mongenegro, with the purpose to contribute to the EU accession processes of the two countries and to sustainable development of the bordering areas. Its objective is an increase of socio-economic development of Foca and Pluzine municipalities through a cooperative network of private and public actors that jointly leverage the intervention in the key developmental areas: tourism, rural development and environmental protection.
 Target groups are:  farmers, executives, policy makers and others in rural development, 120 tourist providers (skippers, life savours, tourist guides, etc.), local authorities, NGOs, SMEs.</t>
   </si>
@@ -583,77 +583,77 @@
     <t>Youth - Most Important Driving Engine of Our Region</t>
   </si>
   <si>
     <t>39 562 €</t>
   </si>
   <si>
     <t>The project has dealt with creating preconditions for sustainable development of a cross-border region between Serbia and Bosnia and Herzegovina (B&amp;H) through means of strengthening institutional, human and civil mechanisms for promotion of position of young people who are the bearers of development in both countries. Project objectives included: (1)Analyzing the work of local youth commissions/offices in 16 target municipalities in B&amp;H and Serbia by means of conducting research on their performance over the previous period, (2) Improving capacities and skills of young people for advocating changes which will improve their current position in 16 target municipalities, (3) Establishing an informal network of young people who will be focal points in promoting cross-border cooperation and youth activism in these regions.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Completed preparatory activities as step one towards successful implementation of subsequent project activities; 
 Conducted research on achievements of youth  offices in  16 municipalities of the cross-border region between Serbia and B&amp;H;
 Printed  publication on the work of local youth offices in the cross-border region between Serbia and B&amp;H; 
 Media promotion of the Project and findings of research on work of youth offices/commissions; 
 Strengthened youth capacities to actively address problems in local communities; 
 Local actions carried out by the youth in 16 municipalities of B&amp;H and Serbia; 
 Organized regional cross-border youth conference – “Do You Really Hear What We Say?”</t>
   </si>
   <si>
     <t>'''Cross-border Fire Protection"</t>
   </si>
   <si>
     <t>143 058 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective of the project is to reduce the vulnerability of BiH and Montenegro to natural disasters and preserve the environment and natural resources through cross-border cooperation in the area of disaster risk reduction (DRR) and implementation of a joint program for reduction of open space fires. 
 Specific objective is to improve the capacity of the cross-border area to deal with open space fires through cross-border cooperation, joint capacity building and awareness raising campaign.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved capacity of national and municipal institutions and services dealing with protection and rescue;
 - Population and local authorities in the cross-border area and target municipalities familiarised with preventive actions against fires, protection and rescue and DRR;
 - Improved cross-border cooperation between institutions and services in charge of protection and rescue from BiH and Montenegro;
 - Improved capacity of the voluntary fire fighting associations from target municipalities and their work and importance for protection of local communities promoted.</t>
   </si>
   <si>
     <t>Together for Health</t>
   </si>
   <si>
     <t>71 652 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to contribute to improving diagnostic quality and medical care in Foca and Bijelo Polje hospitals. 
 More specifically, the project built the capacity in hospitals in Foca and Bijelo Polje, with the long-term aim of reducing mortality of gastro cancer patients, enabling the family members for giving support and care to the affected ones and the desease prevention.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improvement of the medical equipment with the aim of ensuring diagnostics and treatment for the people who are affected by deseases of the GIT before all high-risk emergency cases  
 - Intensified competence of the medical staff in diagnostics and taking care of the emergency cases 
 - Training programme for raising consciousness among the families of the cancer affected people about the importance of giving support
 - Qualitative practice in the cross border cooperation (EU practice, the new adopted practice).</t>
   </si>
   <si>
     <t>'''Working Together for Inclusive European Future'''' - Cooperation of secondar y schools</t>
   </si>
   <si>
     <t>93 743 €</t>
   </si>
   <si>