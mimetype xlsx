--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,75 +30,75 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 378 households will be provided with adequate and disaster-resilient housing,
 - Within them, 85 households will also benefit annual income generated, through the livelihood measures.
 - Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Design and studies for railway section Doboj - Rasputnica Miljacka, Federation of BiH and Republika Srpska, Bosnia and Herzegovina</t>
   </si>
   <si>
@@ -108,51 +108,51 @@
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project is acceleration of activities on rehabilitation of the priority sections on the Core network, specifically Corridor Vc.
 The purpose of the project is increase of mobility and fostering of the cooperation with the EU, regional cooperation and economic development of BiH.
 </t>
   </si>
   <si>
     <t xml:space="preserve">The result shall assume completion of the set of documents required for tendering of works on reconstruction of the respective railway section, including:
 - Preliminary design, 
 - Main design, 
 - Related studies and 
 - Works tender dossier for subsections on the whole railway section Srpska Kostajnica - Doboj - Rasputnica Miljacka.</t>
   </si>
   <si>
     <t>TAJAN - Tourism, Adventure, Joy, Attractions, Nature</t>
   </si>
   <si>
     <t>346 199 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Because of its unique and diverse natural and cultural beauty, Bosnia and Herzegovina has huge potential for tourism growth, particularly in niche sectors. As economic regeneration progresses, this potential is being realised, but the sector needs massive investment if both domestic and international tourist numbers are to be maximised.
 In that respect, this European Union project aimed at strengthening a sustainable development of BiH tourism potential in the Park of Nature TAJAN by improving infrastructure, tourism services, transfer of knowledge and information flow between the tourism workers and tourists but also the public in general and by better market positioning. 
 TAJAN is declared as a protected area in the Federation of BiH in 2008. It is named for Tajasnica river and Tajan mountain. TAJAN id very rich in canyons with lots of caves with rare speleological sites as well as with eco systems rich with endemic species that are of interest of many researchers and scientists for various bio-diversity specificities present in the area.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union has developed TAJAN as a competitive tourism product in the niche of eco-tourism and increased its potential for contributing to the overall economic growth and promotion of Bosnia and Herzegovina as a unique tourist destination. 
 With the European Union funding, natural, and cultural heritage site facilities (trails and picnic areas, construction of wildlife observation towers etc.) in TAJAN eco zone are improved and community based tourism is developed with established and equipped bed &amp; breakfast cluster. Also, we ensured safe and clean environment via tourist signalisation, certified mountain tourist guides and trained and equipped Mountain Rescue Services. Information dissemination of created tourist product is enhanced via marketing &amp; promotion tools developed and the tourist info station is constructed and equipped. 
 With all that, we have contributed to stronger and more visible promotion of the country's natural and cultural potentials as well as to more tourists visiting this site and the country.</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
@@ -178,51 +178,51 @@
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at increasing the capacity of NGOs and the level of public participation in environmental policy making, promoting good governance through the sound protection of environmental rights. In addition, our goal was strengthening the capacity of civil society organisations in BiH to take on a “watchdog” role, i.e. monitor public policies and legislation in the areas of environmental rights and violation of a right to a clean environment.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increase of the capacity of NGOs and the level of public participation in environmental policy making as well as on promotion of good governance through the sound protection of environmental rights. We achieved an increased public awareness of environmental rights in BiH, which contributes to improvements of the legislative and institutional framework by realising public opinion surveys, fact finding missions and subsequent inter-sectoral common work and dialogue both with stakeholders and NGOs on better addressing needs and constraints of the BiH society in the area of environmental protection and rights. In that way, a multi-stakeholder dialogue in environmental policy is generated, resulting in growing consensus and greater influence of civil society organisations. We also helped improving monitoring mechanisms and early warning systems by capacity building of civil society organisations  via trainings, workshops and seminars and thus enabled better use of environmental rights but also achieved better awareness of citizens via media and public campaigns carried out.  
 By such actions, we contributed to better overall cooperation between civil society organisations and governments in BiH by generated multi-stakeholder dialogue in environmental policy, resulting in growing consensus and more prominent role of civil society in dialogue with governments.</t>
   </si>
   <si>
     <t>SA-SA Support to cooperation, inclusion , education and promotion of Roma cultur e in Bih and Serbia</t>
   </si>
   <si>
     <t>107 074 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Main); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project deals with social inclusion of Roma population in the cross border region of Bosnia and Herzegovina and Serbia with the objective to improve position of the Roma minority in the cross border area between BiH and Serbia through: the establishment of cross border cooperation between NGOs through sharing experiences and finding common solutions for social problems, the promotion of Roma culture and traditions, and higher level of education and informing the Roma population.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Established cross-border cooperation through an informal network of NGOs;
 Promoted  culture and tradition of Roma in the cross border region of Bosnia and Herzegovina and Serbia with the aim of preserving their own identity and raised level of public awareness about the need of  breaking prejudices about the Roma population and their integration into social life in Serbia and Bosnia and Herzegovina;
 Developed educational modules for the Roma population with the aim of their social inclusion.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>