--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,125 +30,125 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 378 households will be provided with adequate and disaster-resilient housing,
 - Within them, 85 households will also benefit annual income generated, through the livelihood measures.
 - Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Design and studies for railway section Doboj - Rasputnica Miljacka, Federation of BiH and Republika Srpska, Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>3 648 000 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project is acceleration of activities on rehabilitation of the priority sections on the Core network, specifically Corridor Vc.
 The purpose of the project is increase of mobility and fostering of the cooperation with the EU, regional cooperation and economic development of BiH.
 </t>
   </si>
   <si>
     <t xml:space="preserve">The result shall assume completion of the set of documents required for tendering of works on reconstruction of the respective railway section, including:
 - Preliminary design, 
 - Main design, 
 - Related studies and 
 - Works tender dossier for subsections on the whole railway section Srpska Kostajnica - Doboj - Rasputnica Miljacka.</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generating the economic growth and employment by increasing the competitiveness in the Medical and Aromatic Plants (MAP) sector. The project strengthened economically actors of MAP sector by creating value-added products, based on knowledge, networking, application of new technologies, demand driven market approach, and quality standards introduction.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union established the AgroMAP network of MAP sector's collectors, producers and processors by having brought together 2,165 participants who networked together and share harvesting, cutting and packaging machines, distillers, refrigerators and other essential equipment.
 Together with educational workshops, this network has exchanged results in increased know-how and a wider skill set for those involved. We also increased the income of MAP sector actors by certifying plantations, marketing strategy developed, supply chain branding and foreign market product positioning. Also, an initiative to create an adequate credit line for the MAP sector has been launched. 
 The wider target area also feels the economic benefits through raising plantations and ensuring survival and improvement of existing as well as further development of new opportunities for entrepreneurs.</t>
   </si>
   <si>
     <t>Local Integrated Dvelopment</t>
   </si>
   <si>
     <t>6 000 000 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to stimulate good governance and economic activity, and promote social inclusion at the local level, through integrated local development in the areas primarily affected by floods and areas with a large percentage of returnees/internally dis placed persons (IDPs).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improvements in the standard of living for more than 100,000 people in Bosnia and Herzegovina living in 21 municipalities mostly affected by the floods in 2014, 
 - Working with domestic authorities to enable and create mechanisms and resources needed to drive social and economic development. 
 - Strengthened capacities of key HR institutions, modern HR procedures and tools, accompanied with trainings and awareness raising of both civil servants and managers at all levels, will lead to accountable and professional civil service oriented towards the citizens and economy of Bosnia and Herzegovina. 
 - Approx. 80 start-ups who have been supported through training and financial assistance. 
 - Partnerships established with small and medium enterprises to create new jobs and more than 500 farmers in BiH have been supported.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">