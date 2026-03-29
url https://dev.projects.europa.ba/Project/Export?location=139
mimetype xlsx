--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,133 +30,133 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>'''Greening the management of protected areas in SRB-BIH cross-border cooperati on" CfP CBC BIH/SRB Application 62</t>
   </si>
   <si>
     <t>76 456 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The Project seeks to improve institutional infrastructure and capacities of protected areas, ecotourism business and social welfare of local communities. 
 Specific problems to be addressed by the Project include: slow promulgation process, small size and outdated management of nature protected areas; low volume, quality and performance, poor marketing and low promotion of eco tourism in protected areas (less effective use of natural welfare together with uncontrolled tourism development);  small degree of involvement of NGOs in the related activities.
 By improving the productivity and the competitiveness of the area’s environmental resources, the Project will stimulate regular interaction between the environmental NGOs across the cross-border region. It will also stimulate contacts between reserve managers, governmental agencies, local communities and private businesses via: exchange of know-how; selected small investments in ecotourism infrastructure, as well as possible establishment of ecotourism cross-border clusters. 
 It will stimulate local economic development by supporting the development and improvement of ecotourism products &amp; services; integration of cultural heritage and environment into tourism products and joint marketing of these products. Furthermore, the Project will contribute to increasing the knowledge of people working in ecotourism and agriculture and the use of ICT tools for developing and marketing ecotourism and eco-products. 
 This action will also support awareness raising activities on environmental issues and joint actions to ensure that existing and future protected area are managed so that they can sustain the pressures of tourism development without losing their value.
 The overall objective of the action is: 
 -	To foster the role of the Civil Society Organisations in integrated management planning and eco tourism development in  nature protected areas within the programme area (BiH-Serbia) as a tool for local and regional sustainable economies development 
 Specific objectives of the action are:
 -	To create an Action plan for strengthening the role of environmental NGOs in development of protected areas and sustainable tourism within the programme/border area, in line with relevant strategic documents of Serbia and B&amp;H, related to environmental protection and tourism development.  
 -	To implement integrated natural resources management and eco tourism development practices in 2 pilot areas in line with relevant international conventions and treaties . 
 -	To create a network of protected areas and NGOs involved in eco tourism development and nature protection in programme/border area with the purpose of exchanging experience and implementing the Action plan and securing sustainabilty and follow up of the actions.</t>
   </si>
   <si>
     <t xml:space="preserve">1. 	The Project developed an Action Plan for strengthening the role of environmental NGOs in development of protected areas and sustainable tourism within the programme area in line with relevant national strategic documents. The Action Plan is a tool for fostering the role of environmental NGOs in management and eco tourism development in  protected areas within the Serbia-BiH cross-border region. The Plan was supported by the local authorities and the NGO network established during the project. 
 2. 	A network of protected areas and NGOs involved in eco tourism development and nature protection in programme/border area was established. Network of NGOs and protected areas from the Serbia-BH cross – border region includes 35 members and represents a powerful body for the cross-border cooperation on creation and implementation of joint actions aimed at eco tourism development in protected areas. A declaration signed at the Final project workshop introduces the rules of network functioning and defines benefits and obligations of the Network members which will secure smooth functioning of the Network after the project is officially finished.
 3. 	Guidelines for integrated natural resources management and sustainable tourism development in line with relevant international conventions were drafted, printed and distributed to the target groups:  NGOs, local government, SMEs and entrepreneurs dealing with accommodation and catering services on how to improve ecotourism, generate income and at the same time protect natural resources.
 4. 	The project contributed to the increase of capacities and improved opportunities for eco-tourism development in the 2 pilot areas by developing the Business plan on the justification of investments in the reconstruction of the barracks at protected landscape Bijambare in Sarajevo Canton and developing Preliminary Design Plan of Adventure Park in Nature Monument „Sopotnica Waterfalls”.</t>
   </si>
   <si>
     <t>Agriculture Forecast - Reporting System (AFRS) in the Cross Border Region</t>
   </si>
   <si>
     <t>80 216 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project was aimed at improvement of competitiveness of stakeholders in agriculture sector in project area in using land as economic, rural and environmental resource, with specific objective being establishment of the innovative concept of integrated agriculture production based on IT forecasting and reporting between agriculture extension service providers and production sector in project area.</t>
   </si>
   <si>
     <t xml:space="preserve">EU best practice models in forecast-reporting system introduced among project stakeholders;
 System for agriculture reporting and forecasting established (15 agriculture weather stations purchase and installed in B&amp;H, information/data collected and filled-in existing databases necessary for system functioning);
 Awareness raising campaign on use of information from forecast-reporting systems.</t>
   </si>
   <si>
     <t>Let Europeans enjoy in Wines of Herzegovina &amp; Pljevlja Cheese - WINE &amp; CHEESE</t>
   </si>
   <si>
     <t>191 690 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Main); Climate action
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims at jointly exploiting the potentials of traditional agricultural products from the territories of the partnering cross-border municipalities, with the purpose of accelerating conjoined local economic development based on agriculture and rural tourism, with ensured contribution by dominant public and private stakeholders aimed at creating new employment opportunities. 
 The specific objectives are: 
 - To foster agricultural development in Trebinje, Pljevlja, and Olovo; 
 - To conjoin and fine-tune complementary agricultural products from the cross-border region based on the state-of-the-art EU expertize; 
 - To develop a “rural tourist product” with a cross-border identity targeting the European visitors.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Comprehensive data on current state of agricultural sector in partner municipalities collected; 
 - Min. 90% of agricultural households from 3 municipalities registered according to national/entity legislation; 
 - Increased number of 3 associate associations’ members and established 1 new agricultural cooperative in Olovo; 
 - Established and equipped joint Organic Agricultural Office “WINE &amp; CHEESE” in Trebinje and Pljevlja; 
 - Cross-border agricultural entities networked via Joint Database and Web Communication Portal; 
 - Cross-border Food &amp; Beverage training program conducting; 
 - Implementation of ISO 9001, ISO 22000, HACAP and/or HALAL standards; 
 - Implementing software support for improving management and monitoring of networked agricultural associations; 
 - Study visit to Bertinoro, Italy; 