--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Construction/reconstruction of Municipal, Cantonal Court and Prosecutors Office in Tuzla,Federation of Bosnia and Herzegovina, Bosnia and Herzegovina, Lot 1 (Tu zla)</t>
   </si>
   <si>
     <t>4 330 106 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Main); Civil society (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t>The overall objective is to contribute to the increase the efficiency, professionalism and independence of the justice sector, to secure the rule of law and thereby prepare the BiH for access to the European Union. The ultimate objective is to help increase judicial efficiency through the reconstruction and improvement of physical state of the courts and prosecutor's offices.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Execution and completion of works under this contract completed in accordance with EU procedures, on time, within the budget available and in accordance with the provisions of the contract, design and technical specifications for execution of the respective works. 
 - Construction of the new building for Municipal Court Tuzla and reconstruction of the Cantonal Court and Prosecutors Office in Tuzla completed and handed over to the final beneficiaries.</t>
   </si>
   <si>
     <t>Supervision of the works on ''''Construction/reconstruction of Municipal, Canton al Court and Prosecutors Office in Tuzla and Construction/reconstruction of exis ting building of Municipal Court in Ljubuski''''</t>
   </si>
   <si>
     <t>289 100 €</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
@@ -102,91 +102,91 @@
 The action will build on previous and ongoing efforts of the government and international and local organizations. The action focusses primarily on providing for the basic food and accommodation needs of PoC, including access to water sanitation and hygiene, through the winterization and operation of four reception centres in Una-Sana and Sarajevo Canton, with a combined capacity of 2,700 persons, with capacity to accommodate up-to 400 families with children.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Adequate and sufficient nutrient-rich, age and culturally sensitive food is provided in all temporary reception centres 
 - Complementary food and nutrition, baby food and infant formula provided in all temporary reception centres hosting babies and infants. 
 - Shelter and WASH in frastructure, and furniture are in place in Sarajevo and Una-Sana Canton. 
 - Camp Coordination and management capacities, including registration of PoC, are scaled up. 
 - Identified vulnerable refugees/migrants, including accompanied and UASC and victims of SGBV, have access to protection-sensitive accommodation. 
 - Cultural and age sensitive Non-Food Items are provided to PoC in need. 
 - PoC in vulnerable situations are identified and referred to appropriate assistance and protection services. 
 - PoC, including UASCs, have access to asylum, including information, counselling and legal assistance in their own language. 
 - PoC have access to psychosocial support and other age and gender appropriate services. 
 - PoC are supported to access primary and secondary health care. 
 - PoC children are supported to attend primary and secondary education.
 - The Border Police and the Service for Foreigners’ have the human and technical capacity detect, identify, register and refer PoC entering the co untry in an irregular manner. 
 - Local initiatives to promote social cohesion among PoC and host communities are provided with support.</t>
   </si>
   <si>
     <t>Special Measures to support the response to the Refugee and Migrant situation in Bosnia and Herzegovina Phase II</t>
   </si>
   <si>
     <t>23 000 000 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Gender
  (Significant); Civil society (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project is to support Bosnia and Herzegovina in managing migration flows in the context of increased number of refugees, asylum-seekers and migrants entering the country since the end of 2017. 
 The action will be subject to a Delegation Agreement between the European Union (EU) and the International Organization for Migration (IOM). UNHCR and UNICEF will Grant Beneficiaries and implement specific activities under selected outputs, directly as well as through their partners. 
 Through this action, IOM, UNHCR and UNICEF will work to ensure the basic needs and human rights of Persons of Concern (PoC), including migrants, asylum seekers and refugees, with special attention for persons with specific vulnerabilities and needs, such as children. 
 The action will build on previous and ongoing efforts of the government and international and local organizations. The action focusses primarily on providing for the basic food and accommodation needs of PoC, including access to water sanitation and hygiene, through the winterization and operation of four reception centres in Una-Sana and Sarajevo Canton.</t>
   </si>
   <si>
     <t>Special Measure to support the response to the refugee and migrant situation in BiH Phase III</t>
   </si>
   <si>
     <t>20 000 000 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project is to support Bosnia and Herzegovina in managing migration flows in the context of increased number of refugees, asylum-seekers and migrants entering the country since the end of 2017. 
 The action will b e subject to a Delegation Agreement between the European Union (EU) and the International Organization for Migration (IOM). UNHCR and UNICEF will Grant Benefici aries and implement specific activities under selected outputs, directly as well as through their partners. 
 Through this action, IOM, UNHCR and UNICEF will work to ensure the basic needs and human rights of Persons of Concern (PoC), including migrants, asylum seekers and refugees, with special attention for persons with specific vulnerabilities and needs, such as children. 
 The action will build on previous and ongoing efforts of the government and international and local organizations. The action focusses primarily on providing for the basic food and accommodation needs of PoC, including access to water sanitation and hygiene, through the winterization and operation of four reception centres in Una-Sana and Sarajevo Canton.</t>
   </si>
   <si>
     <t>The Bridge on the Drina (Application No.01)</t>
   </si>
   <si>
     <t>44 298 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project seeks to enhance co-operation and cultural exchange through joint activities primarily focused on the local music industry. With the main objective to increase the interaction among musicians and other artists the project will contribute to raising tolerance among multi-ethnic communities in the target area. The project will organise 20 concerts performed jointly by artists from the two countries to stimulate new and revive traditional cross-border connections.</t>
   </si>
   <si>
     <t xml:space="preserve">1. 22 concerts were organised in 11 towns in Bosnia and Herzegovina and 10 in Serbia with plausible local media attention in around 30 media with 4 live streamings. 
 2. People-to-people interaction between the two countries for musicians, partner organisations and audience. 
 3. An orignal music piece "The Drina Cantana - Drino, vodo" containing ethno motives from East Bosnia and Herzegovina and West Serbia was composed and performed in the concerts.</t>
   </si>
   <si>
     <t>'''Support to Entrepreneurial Activities of Younf People'''' CfP Cross-border c o-operation BIH/Serbia</t>
   </si>
   <si>
     <t>128 881 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
@@ -226,51 +226,51 @@
   </si>
   <si>
     <t>47 772 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project seeks to bring together female and male youth participants to develop their leadership capacities with the aim to encourage their active contribution in strengthening good neighbourly relations. 
 This joint initiative will be implemented with active involvement of young people gathered in youth groups from 12 communities within targeted regions. Project activities are designed to empower active contribution of youth in addressing their needs. These will be activities of common interest such as common capacity building, advocating common prioritized needs of youth regarding social and economic development, developing institutional networks with community stakeholders in social, political, economic, cultural and environmental fields, cross border working study visits and common cross border cultural events.</t>
   </si>
   <si>
     <t xml:space="preserve">The most prominent result of the project is that 320 youth leaders from 12 communities are involved in 4 youth focal groups well educated and skilled and with capacities to efficiently influence youth policies at local, national and regional level and for leading initiatives in communities and regions.
 All planned trainings were successfully realized and resulted in highly skilled youth that now act as promoters of social inclusion and European values, democratic societies and tolerance among their peers.</t>
   </si>
   <si>
     <t>Responsible Management of medical waste</t>
   </si>
   <si>
     <t>97 043 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at contributing to responsible Medical Waste (MW) management and inclusion of sustainable, ecological, economic and social principles by enhancing improvement in policy and lefal framework as well as implementation mechanisms.
 It was based on the concept of a joint work of  representatives of governments, health institutions, business sector and NGOs, on the situation analysis in the area of MW management, treatment and disposal in targeted North East BiH, so as to create an action plan for the MW management in NE BiH and a Manual for making MW Management Plan (MWMP) for health care facilities with innovative mechanisms and experience from the EU, including measures for regular monitoring and evaluation in targeted medical institutions.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on more community based responsible environmental management and protection in the area of MW and more responsible public environment treatment. In particular, with our support, the knowledge and know-how of stakeholders and beneficiary/medical institutions' personnel is improved. Also, regional medical waste management plan is developed with the manual for medical waste management plan (MWMP) drafting.  Overall, the MWMP development process is initiated by targeted medical institutions that may be replicated with appropriate adjustments in hopefully more of future similar initiatives country wide.</t>
   </si>
   <si>
     <t>The Jala River as a case study towards sustainable development</t>
   </si>
   <si>
     <t>92 034 €</t>
   </si>
   <si>
@@ -366,80 +366,80 @@
   </si>
   <si>
     <t>85 640 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Overall objective of the Project was protection of typical products in the target region in line with EU standards and their wide commercialisation. The Project focused on the products typical for this cross-border area and contributed significantly to the valorisation process, increasing awareness of their values and promotion in the targeted area, but on the wider territory as well.</t>
   </si>
   <si>
     <t xml:space="preserve">Mapping of typical products and key stakeholders;
 Anaysis "State and perspectives of typical products in North East Bosnia and Zlatiborski County";
 Capacities of the institutions working on protection and development of typical products and typical products producers improved.</t>
   </si>
   <si>
     <t>Schools Waste Less</t>
   </si>
   <si>
     <t>98 451 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to contribute to maintaining the high quality of the border area environment by cooperating in joint initiatives. The project focused on establishing primary waste selection process in 28 schools in Uzice and Tuzla. During the first phase of project activities, project team created and established technical and educational framework for the purpose of project. Purchasing and setting up four-color bins for most generated waste fraction in schools in Bosnia (PET, aluminium and paper and for all other waste) has been implemented in 14 schools in Tuzla. Two PUC’s purchased special vehicles for transporting separated waste from schools to centers for secondary selection in their premises, taking into account the different concepts in the two cities. After these interventions, the entire process of primary waste selection in schools in two cities has been established. 
 At the same time project team organized informational and educational activities in schools to inform and prepare school staff (including management, teachers and support staff) and pupils about project activities and their participation role in it.</t>
   </si>
   <si>
     <t xml:space="preserve">210 plastic bins with 42 metal constructions (as 42 recycling points) and 1.162,5 kg of plastic bags were purchased and dispersed through 14 schools in Tuzla. In this way, infrastructure preconditions for primary waste selection in schools were established (amounts of collected primary selected waste until the last month of project was 14.520 kg in the following structure:  PET bottles (74%) – 10.745 kg, paper (25%) – 3.630 kg and aluminium cans (1%) – 145 kg);
 Special purpose vehicle FORD Transit 22 TDC, purchased for transporting selected waste;
 16 biology teachers from Tuzla have raised and upgraded their knowledge and skills about environment communication with children by means of trainings;
 Group info sessions for pupils and teachers in Tuzla with 2.500 pupils and school staff taking part;
 Quiz competition for primary school age pupils in Tuzla;
 Quiz competition for secondary school age pupils in Tuzla;
 Common Eco-camp for 28 primary school age pupils and 14 biology teachers;
 Promo-campaign raising awareness about primary waste selection.</t>
   </si>
   <si>
     <t>Business Environment Streghtening for More SMEs in Tuzla and Neighbouring Munici palities - BESt 4 SMEs</t>
   </si>
   <si>
     <t>454 268 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project boosts employment and SME development in the highly competitive ICT sector, based on the transfer of know-how from the BIT Centre of excellence located in Tuzla, to the less developed municipalities of Kalesija and Srebrenik. The project has also contributed to improved business environment for SMEs through better business infrastructure and promotion of innovations and new technologies primarily via the BIT Centre. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Functional Business Support Center (BSC) with incubator capacities in Srebrenik and Kalesija made available for SMEs. 
 - Increased business skills of senior students and potential young entrepreneurs. 
 - Business development services for SMEs enhanced in the target municipalities by expanding capacities of BIT Centre in Tuzla. 
 - New jobs created for SMEs located in BIT Centre and in business incubators. 
 - Tuzla LED best practice promoted and applied in Srebrenik, Kalesija and other local communities in BiH.</t>
   </si>
   <si>
     <t>UP.S.TREA.M. 2 - Update of Socialization and TREAtment in Mental health 2nd part</t>
   </si>
   <si>
     <t>47 546 €</t>
   </si>
   <si>
@@ -471,51 +471,51 @@
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to improve business environment in the North East Bosnia and Herzegovina through an establishment of a Cluster for development of typical (traditional) products. The Cluster offers a variety of services, such as business consulting, joint presence on the market, introduction of quality standards, preparation of development projects, etc. 
 The project supported construction of production and storage facilities for the typical products in the Business Zones Odžak and Modriča, as well as adaptation of the centre for promotion and sales of these products (so called “House of Flavours” located in the tourist centre of Tuzla). 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Cluster of typical products with 20 members created in North East BiH and provides some 15 services to SMEs, including better access to market and sale of typical products (in the promo shop in Tuzla), set up of quality control laboratory (within the Faculty of Technology), improvement of production capacities (in Odžak and Modriča) and a new SME funding facility. 
 - Database with 70 obstacles for SME development created with recommendations for the local authorities for their remediation. 
 - Partnership between the 10 local stakeholders established to facilitate improved access to SME services through municipal info centres.
 - Partnerships created to stimulate investments in green production and innovative technologies for the utilisation of water steam system from TPP Tuzla for economic activities.</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina SME Competitiveness Support Facility</t>
   </si>
   <si>
     <t>4 000 000 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project helped SMEs access to finance for upgrade of production facilities in line with relevant EU Directives and standards in the fields of environment protection, health and product quality and safety. 
 Thanks to EU support for business advisory and incentives, some 80 SMEs made eligible investments worth 20 million EUR from EBRD credit line disbursed through Sparkasse, UniCredit Banja Luka and Intesa SanPaolo local banks. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved access to finance for capital investments 
 - EU production standards implemented in SMEs 
 - Improved availability of SMEs business advisory for implementing  environment, labour health &amp; safety and product safety &amp; quality standards.
 - Case studies available on https://www.ebrd.com/news/2018/ebrd-and-eu-supporting-small-businesses-in-bosnia-and-herzegovina.html  
 - Good project examples:
 a) Hasic drvo Gradacac - Wooden games and toys are distributed all over the world; 
 b) Izazov  Kalesija - exports furniture both to the region and to the European market;  
 c) Padjeni from Bileca - modernised its dairy production and increased  competitiveness.</t>
   </si>
 </sst>
 </file>