--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,125 +30,125 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Building-up countryside tourism destinations around Sarajevo to diversify the ru ral economy</t>
   </si>
   <si>
     <t>179 957 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>This project encourage local networks of stakeholders and citizens to create a favourable environment for employment opportunities in Bosnia and Herzegovina. It generates new professional skills, in order to facilitate innovation, self-employment opportunities and complementary incomes in rural areas. This will strengthen a sustainable model of local rural economy, by diversification of strategies, valorising and preserving natural resources, local identities and heritage, in order to alleviate poverty and reduce rural exodus.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - A pilot RT cluster is created to structure 4 countryside tourism destinations around Sarajevo and to enhance their visibility, thanks to the exchange and support with EU partners;
 - Agriculture producers and rural enterprises in tourism strengthened their competiveness, by improving their professional skills, knowledge and quality of their offers
 - 4 destinations are actively promoted to gain new markets;
 - The expertise on rural tourism sector’s opportunities is increased, providing better capacity to the civil society organizations to influence policy and decision making processes.</t>
   </si>
   <si>
     <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 378 households will be provided with adequate and disaster-resilient housing,
 - Within them, 85 households will also benefit annual income generated, through the livelihood measures.
 - Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generating the economic growth and employment by increasing the competitiveness in the Medical and Aromatic Plants (MAP) sector. The project strengthened economically actors of MAP sector by creating value-added products, based on knowledge, networking, application of new technologies, demand driven market approach, and quality standards introduction.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union established the AgroMAP network of MAP sector's collectors, producers and processors by having brought together 2,165 participants who networked together and share harvesting, cutting and packaging machines, distillers, refrigerators and other essential equipment.
 Together with educational workshops, this network has exchanged results in increased know-how and a wider skill set for those involved. We also increased the income of MAP sector actors by certifying plantations, marketing strategy developed, supply chain branding and foreign market product positioning. Also, an initiative to create an adequate credit line for the MAP sector has been launched. 
 The wider target area also feels the economic benefits through raising plantations and ensuring survival and improvement of existing as well as further development of new opportunities for entrepreneurs.</t>
   </si>
   <si>
     <t>Local Integrated Dvelopment</t>
   </si>
   <si>
     <t>6 000 000 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender