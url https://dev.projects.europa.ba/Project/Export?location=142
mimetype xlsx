--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,80 +30,80 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>Design and studies for railway section Doboj - Rasputnica Miljacka, Federation of BiH and Republika Srpska, Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>3 648 000 €</t>
   </si>
   <si>
     <t/>
@@ -177,76 +177,76 @@
   <si>
     <t>The main goal of school sports infrastructure is the reconstruction and modernization of schools' gyms in 12 schools including Faculty of Sport as well.</t>
   </si>
   <si>
     <t>Renovated gyms in 11 primary schools and Faculty of Sport</t>
   </si>
   <si>
     <t>Supervision of the works on the “EU4SPORT - To foster positive social development through improvement of sports infrastructure in schools</t>
   </si>
   <si>
     <t>196 150 €</t>
   </si>
   <si>
     <t xml:space="preserve">The contractor shall provide supervisory services to ensure execution and completion of   renovation/modernisation works in accordance with the EC procedures, on time, within the budget available and in accordance with provisions of the Contract and Technical Specifications for execution of the respective works within lots 2 and 3.</t>
   </si>
   <si>
     <t>Superviison of works on 18 schools</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generating the economic growth and employment by increasing the competitiveness in the Medical and Aromatic Plants (MAP) sector. The project strengthened economically actors of MAP sector by creating value-added products, based on knowledge, networking, application of new technologies, demand driven market approach, and quality standards introduction.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union established the AgroMAP network of MAP sector's collectors, producers and processors by having brought together 2,165 participants who networked together and share harvesting, cutting and packaging machines, distillers, refrigerators and other essential equipment.
 Together with educational workshops, this network has exchanged results in increased know-how and a wider skill set for those involved. We also increased the income of MAP sector actors by certifying plantations, marketing strategy developed, supply chain branding and foreign market product positioning. Also, an initiative to create an adequate credit line for the MAP sector has been launched. 
 The wider target area also feels the economic benefits through raising plantations and ensuring survival and improvement of existing as well as further development of new opportunities for entrepreneurs.</t>
   </si>
   <si>
     <t>SA-SA Support to cooperation, inclusion , education and promotion of Roma cultur e in Bih and Serbia</t>
   </si>
   <si>
     <t>107 074 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Main); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project deals with social inclusion of Roma population in the cross border region of Bosnia and Herzegovina and Serbia with the objective to improve position of the Roma minority in the cross border area between BiH and Serbia through: the establishment of cross border cooperation between NGOs through sharing experiences and finding common solutions for social problems, the promotion of Roma culture and traditions, and higher level of education and informing the Roma population.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results:
 Established cross-border cooperation through an informal network of NGOs;
 Promoted  culture and tradition of Roma in the cross border region of Bosnia and Herzegovina and Serbia with the aim of preserving their own identity and raised level of public awareness about the need of  breaking prejudices about the Roma population and their integration into social life in Serbia and Bosnia and Herzegovina;
 Developed educational modules for the Roma population with the aim of their social inclusion.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>