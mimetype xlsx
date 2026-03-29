--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,147 +30,147 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 378 households will be provided with adequate and disaster-resilient housing,
 - Within them, 85 households will also benefit annual income generated, through the livelihood measures.
 - Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Design and studies for railway section Doboj - Rasputnica Miljacka, Federation of BiH and Republika Srpska, Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>3 648 000 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project is acceleration of activities on rehabilitation of the priority sections on the Core network, specifically Corridor Vc.
 The purpose of the project is increase of mobility and fostering of the cooperation with the EU, regional cooperation and economic development of BiH.
 </t>
   </si>
   <si>
     <t xml:space="preserve">The result shall assume completion of the set of documents required for tendering of works on reconstruction of the respective railway section, including:
 - Preliminary design, 
 - Main design, 
 - Related studies and 
 - Works tender dossier for subsections on the whole railway section Srpska Kostajnica - Doboj - Rasputnica Miljacka.</t>
   </si>
   <si>
     <t>TAJAN - Tourism, Adventure, Joy, Attractions, Nature</t>
   </si>
   <si>
     <t>346 199 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Because of its unique and diverse natural and cultural beauty, Bosnia and Herzegovina has huge potential for tourism growth, particularly in niche sectors. As economic regeneration progresses, this potential is being realised, but the sector needs massive investment if both domestic and international tourist numbers are to be maximised.
 In that respect, this European Union project aimed at strengthening a sustainable development of BiH tourism potential in the Park of Nature TAJAN by improving infrastructure, tourism services, transfer of knowledge and information flow between the tourism workers and tourists but also the public in general and by better market positioning. 
 TAJAN is declared as a protected area in the Federation of BiH in 2008. It is named for Tajasnica river and Tajan mountain. TAJAN id very rich in canyons with lots of caves with rare speleological sites as well as with eco systems rich with endemic species that are of interest of many researchers and scientists for various bio-diversity specificities present in the area.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union has developed TAJAN as a competitive tourism product in the niche of eco-tourism and increased its potential for contributing to the overall economic growth and promotion of Bosnia and Herzegovina as a unique tourist destination. 
 With the European Union funding, natural, and cultural heritage site facilities (trails and picnic areas, construction of wildlife observation towers etc.) in TAJAN eco zone are improved and community based tourism is developed with established and equipped bed &amp; breakfast cluster. Also, we ensured safe and clean environment via tourist signalisation, certified mountain tourist guides and trained and equipped Mountain Rescue Services. Information dissemination of created tourist product is enhanced via marketing &amp; promotion tools developed and the tourist info station is constructed and equipped. 
 With all that, we have contributed to stronger and more visible promotion of the country's natural and cultural potentials as well as to more tourists visiting this site and the country.</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generating the economic growth and employment by increasing the competitiveness in the Medical and Aromatic Plants (MAP) sector. The project strengthened economically actors of MAP sector by creating value-added products, based on knowledge, networking, application of new technologies, demand driven market approach, and quality standards introduction.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union established the AgroMAP network of MAP sector's collectors, producers and processors by having brought together 2,165 participants who networked together and share harvesting, cutting and packaging machines, distillers, refrigerators and other essential equipment.
 Together with educational workshops, this network has exchanged results in increased know-how and a wider skill set for those involved. We also increased the income of MAP sector actors by certifying plantations, marketing strategy developed, supply chain branding and foreign market product positioning. Also, an initiative to create an adequate credit line for the MAP sector has been launched. 
 The wider target area also feels the economic benefits through raising plantations and ensuring survival and improvement of existing as well as further development of new opportunities for entrepreneurs.</t>
   </si>
   <si>
     <t>Support to Local Employment Partnerships</t>
   </si>
   <si>
     <t>3 758 362 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project was aimed to contribute to the strategic development of BiH's labour market by fostering sustainable, partnership-driven active labour market frameworks at the local level for an increased access to formal employment, particularly in flood-affected areas. Project is completed on 30 April 2019. 
 Key target groups were LEPs members, including local labour market stakeholders from public, private and civil society sectors (existing LEPs, unemployed, employed, business owners, regional and local PES, employer organisations, trade unions, chambers of commerce, regional development agencies, non-governmental organisations, formal and non-formal education providers, regional and local governments) in selected municipalities/towns. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Key local stakeholders across the country increased awareness and capacity to participate in the LEP scheme and funding opportunities available 
 - Eligible LEPs successfully design local employment development initiatives for financing from the EU and local resources. 
 - LEPs are capable of successfully defining and steering the implementation of active labour market policy measures supporting the execution of employment/human resources integrated development strategies, in line with specific local needs.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>