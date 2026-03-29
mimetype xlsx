--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,126 +30,126 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery assistance</t>
   </si>
   <si>
     <t>216 548 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>Overall objective of this project is flood recovery assistance provided to families and the Municipality of Zenica.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - 41 family was supported through livelihood measures and agricultural production and Early warning Plan for flood preventsion was developed for Zenica municpality.</t>
   </si>
   <si>
     <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 378 households will be provided with adequate and disaster-resilient housing,
 - Within them, 85 households will also benefit annual income generated, through the livelihood measures.
 - Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Construction of New Pavilion in Zenica Prison Complex, Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>2 148 608 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project is part of a wider initiative, aiming to increase the efficiency, professionalism and independence of the justice sector. It will also work to secure the rule of law and thereby prepare BiH for access to the European Union. 
 The ultimate objective is to help improve BiH capacity for execution of criminal sanction by constructing new pavillion in Zenica prison complex. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Upgraded living and security conditions in the Federation BiH, with construction of new accomodation block for 240 inmates (Pavilion IX) within high security prison complex in Zenica.</t>
   </si>
   <si>
     <t>Supervision of Reconstruction of Zenica and Orasje Prisons</t>
   </si>
   <si>
     <t>89 920 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
@@ -279,128 +279,128 @@
   <si>
     <t xml:space="preserve">The main goal of school sports infrastructure is the reconstruction and modernization of schools' gyms in 6 schools in the following cities/municipalities: Gornji Vakuf/Uskoplje; Zenica, Tesanj,  Kupres, Teslic,  Sipovo. The aim is to create  optimal spatial conditions to physical education in schools, as well as recreational activities of young people in the schools, conducted in a professional, high-quality and safe manne</t>
   </si>
   <si>
     <t>Renovated gyms in 6 primary schools</t>
   </si>
   <si>
     <t>Supervision of the works on the “EU4SPORT - To foster positive social development through improvement of sports infrastructure in schools</t>
   </si>
   <si>
     <t>196 150 €</t>
   </si>
   <si>
     <t xml:space="preserve">The contractor shall provide supervisory services to ensure execution and completion of   renovation/modernisation works in accordance with the EC procedures, on time, within the budget available and in accordance with provisions of the Contract and Technical Specifications for execution of the respective works within lots 2 and 3.</t>
   </si>
   <si>
     <t>Superviison of works on 18 schools</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generating the economic growth and employment by increasing the competitiveness in the Medical and Aromatic Plants (MAP) sector. The project strengthened economically actors of MAP sector by creating value-added products, based on knowledge, networking, application of new technologies, demand driven market approach, and quality standards introduction.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union established the AgroMAP network of MAP sector's collectors, producers and processors by having brought together 2,165 participants who networked together and share harvesting, cutting and packaging machines, distillers, refrigerators and other essential equipment.
 Together with educational workshops, this network has exchanged results in increased know-how and a wider skill set for those involved. We also increased the income of MAP sector actors by certifying plantations, marketing strategy developed, supply chain branding and foreign market product positioning. Also, an initiative to create an adequate credit line for the MAP sector has been launched. 
 The wider target area also feels the economic benefits through raising plantations and ensuring survival and improvement of existing as well as further development of new opportunities for entrepreneurs.</t>
   </si>
   <si>
     <t>Partnership for higher environmental standards in BiH</t>
   </si>
   <si>
     <t>99 885 €</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
 While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
 BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
 The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
 In that respect, this European Union project aimed at increasing the capacity of NGOs and the level of public participation in environmental policy making, promoting good governance through the sound protection of environmental rights. In addition, our goal was strengthening the capacity of civil society organisations in BiH to take on a “watchdog” role, i.e. monitor public policies and legislation in the areas of environmental rights and violation of a right to a clean environment.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increase of the capacity of NGOs and the level of public participation in environmental policy making as well as on promotion of good governance through the sound protection of environmental rights. We achieved an increased public awareness of environmental rights in BiH, which contributes to improvements of the legislative and institutional framework by realising public opinion surveys, fact finding missions and subsequent inter-sectoral common work and dialogue both with stakeholders and NGOs on better addressing needs and constraints of the BiH society in the area of environmental protection and rights. In that way, a multi-stakeholder dialogue in environmental policy is generated, resulting in growing consensus and greater influence of civil society organisations. We also helped improving monitoring mechanisms and early warning systems by capacity building of civil society organisations  via trainings, workshops and seminars and thus enabled better use of environmental rights but also achieved better awareness of citizens via media and public campaigns carried out.  
 By such actions, we contributed to better overall cooperation between civil society organisations and governments in BiH by generated multi-stakeholder dialogue in environmental policy, resulting in growing consensus and more prominent role of civil society in dialogue with governments.</t>
   </si>
   <si>
     <t>Support to implementation of LEAP in Zenica and Tuzla municipalities</t>
   </si>
   <si>
     <t>486 352 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Specific objective of the action is to reduce the impact of pollution by greatest polluters in Zenica and Tuzla municipalities, to increase awareness in two municipalities on importance of LEAP and its implementation and to prepare and recommend set of recommendations on increasing energy efficiency as well as use of renewable energy sources.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in: 
 - Minimum 2 Green “belt” established towards biggest polluters; 
 - Minimum 2 illegal landfills solved (+ provisions of waste containers); 
 - Minimum 2 sets of recommendations prepared and proposed on promotion of more environment friendly heating materials and improvement of energy efficiency; 
 - Minimum 2 nature parks; 
 - Environmental protection lectures delivered in all elementary and secondary schools in Zenica and Tuzla municipalities; 
 - Minimum one information campaign implemented per municipality; 
 - One network between interested NGOs and targeted municipalities established.</t>
   </si>
   <si>
     <t>Modern Economy through New Technology-Oriented Research, Phase II (MENTOR II)</t>
   </si>
   <si>
     <t>473 130 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project is a continuation of the past EU assistance which supported establishment of Furniture Testing Laboratory (LIND) in Zenica Business Zone. The follow up assistance has provided for a further specialisation of the LIND laboratory for the testing of the joinery products in accordance with EU directives and domestic legislation.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Joinery Laboratory reconstructed, equipped, staffed and tested in proficiency in accordance with internationally recognized standard EN ISO/IEC 17025.
 - At least 90% (of cca 1500) SME in wood processing and joinery sector informed about the joinery laboratory and its services, of which at least 11 have received free-of-charge testing and minimum 8 SMEs visited internationally recognised laboratory.
 - Policy recommendations for wood processing sector prepared and presented through the functional public-private dialogue.
 - “Impulse Technology Centre” established and joins the students, engineers, academia and entrepreneurs for innovative approaches to development of new joinery products.</t>
   </si>
   <si>
     <t>Recovering SMEs in flood affected areas and strenghtening their competitivenes b ased on local economic development partnership</t>
   </si>
   <si>
     <t>8 950 000 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender