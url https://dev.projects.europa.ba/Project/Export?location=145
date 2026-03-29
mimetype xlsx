--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,75 +30,75 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 378 households will be provided with adequate and disaster-resilient housing,
 - Within them, 85 households will also benefit annual income generated, through the livelihood measures.
 - Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Design and studies for railway section Doboj - Rasputnica Miljacka, Federation of BiH and Republika Srpska, Bosnia and Herzegovina</t>
   </si>
   <si>
@@ -127,127 +127,127 @@
     <t>EU4justice: Lot 4 - Construction of Municipal Court in Zepce, Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>587 137 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The purpose of this project is construction of Municipal Court building in Zepce.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Municipal Court in Zepce, Bosnia and Herzegovina constructed.</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generating the economic growth and employment by increasing the competitiveness in the Medical and Aromatic Plants (MAP) sector. The project strengthened economically actors of MAP sector by creating value-added products, based on knowledge, networking, application of new technologies, demand driven market approach, and quality standards introduction.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union established the AgroMAP network of MAP sector's collectors, producers and processors by having brought together 2,165 participants who networked together and share harvesting, cutting and packaging machines, distillers, refrigerators and other essential equipment.
 Together with educational workshops, this network has exchanged results in increased know-how and a wider skill set for those involved. We also increased the income of MAP sector actors by certifying plantations, marketing strategy developed, supply chain branding and foreign market product positioning. Also, an initiative to create an adequate credit line for the MAP sector has been launched. 
 The wider target area also feels the economic benefits through raising plantations and ensuring survival and improvement of existing as well as further development of new opportunities for entrepreneurs.</t>
   </si>
   <si>
     <t>COmpetitiveness of Business Excellence ARea ''''COBEAR''''</t>
   </si>
   <si>
     <t>395 593 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project has assisted the establishment of one-stop shops with range of services for the export oriented SMEs, support to business development and investments in the so called “BEAR area” (municipalities Tešanj, Teslić and Zepče). 
 The project has trained  9 SMEs from  the lead-competitive sectors on how to optimise a use of OSS services, 30 companies have been assisted with export support measures and 6 SME received assistance for development of business plans, product branding and product development. The project also supports youth employment through the provision of specialised equipment for the secondary education in the competitive sectors of BEAR area, such as mechanics, welding and textile.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved innovative mechanisms for support to sustainable local economic development and business zones investments in the BEAR area, including establishment of OSS offices.
 - Improved competitive capacities of 30 export oriented SMEs in metal, textile, wood and food processing sectors by assisting with marketing, education, product development, branding and certification of their products. 
 - Internationalization of SMEs from the BEAR area and matchmaking with foreign partners in B2B meeting.
 - Conditions for new employment improved through provision of equipment and tools for the secondary schools in the target municipalities.</t>
   </si>
   <si>
     <t>ECO FOOD_TURA - Development and strehngthening of eco suitable economy</t>
   </si>
   <si>
     <t>170 799 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Significant); Climate action
  (Not targeted); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>The project strived to contribute to development and straightening of eco suitable economy in the cross-border area of Croatia and Bosnia and Herzegovina. Specifically, in the area of Vukovar-Srijem County, Teslic and Zepce, the project enabled development of SMEs, cooperatives and associations in the agro-business sector with special focus on eco suitable production . Thus, the project contributed to the development of joint cross-border economic space by networking, know-how and experience exchange and new products development.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Established functional organizational and management structure for implementation of the project activities and successfully implemented project; 
 - Identified existing condition and development possibilities of the eco-production in the cross-border area with focus on the medicinal and aromatic plants production (sector MAP); 
 - Established structures as a supporting platform for agribusiness development - agribusiness innovation - educational centres ABIEC (one in CRO and one in BiH). 
 - Improved target groups’ capacities by educations, know-how and participating in local fairs 
 - Established eco-production stakeholders’ association in the VSC (CRO) and cross border cooperation amongst AgroMAP network (BiH) and SMC NETWORK (CRO) 
 - General public informed about implementation of the project activities  and possibilities  to increase local incomes by using natural resources on the eco-suitable principles.</t>
   </si>
   <si>
     <t>Recovering SMEs in flood affected areas and strenghtening their competitivenes b ased on local economic development partnership</t>
   </si>
   <si>
     <t>8 950 000 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Project helped to re-establish and improve competitiveness of the selected SMEs and business locations after the 2014 floods. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">This project resulted in:
 - SMEs of the metal, wood, agribusiness and tourism sectors have further improved their competitiveness. 
 - Strengthened capacities of 10 municipalities to support economic recovery and development. 
 - Cooperation between the public and private sector to support economic recovery and strengthen competitiveness of selected business locations and their SMEs is improved. 
 - Business models along value chains are strengthened.
 - 4 million EUR worth grants have enabled SMEs in agri-business, metal and wood processing to obtain standards for improved products and services, CE certification and introduce innovation for the placement of new products and services on EU market. 
 - Some 30 SMEs increased their flood management resilience by implementing action plans for protection of employees, infrastructure and equipment while 90 new jobs were opened to  support the local economies.</t>
   </si>
   <si>
     <t>Local Integrated Dvelopment</t>
   </si>
   <si>
     <t>6 000 000 €</t>