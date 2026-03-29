--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,102 +30,102 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Economy recovery and establishment of early warning system in flooded municipalities of Doboj region</t>
   </si>
   <si>
     <t>212 988 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Main); Civil society (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t>Purpose of this project is to have 5 targeted municipalities in Doboj region to have in place adequate frameworks and resources needed for appliance of short and mid-term respond and recovery measures to possible natural disasters and to support the most flood-affected families (80) in their re-engage and further develop of agriculture production.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Stakeholders of 5 targeted communities drafted and putted into official adoption procedure adequate early warning system for responding and recovering from floods and other types of natural disasters and the selected most flood-affected families (80) from 5 targeted communities re-engaged and developed its agriculture production.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Partnership for effective implementation of local economic development in North East Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>392 241 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to improve business environment in the North East Bosnia and Herzegovina through an establishment of a Cluster for development of typical (traditional) products. The Cluster offers a variety of services, such as business consulting, joint presence on the market, introduction of quality standards, preparation of development projects, etc. 
 The project supported construction of production and storage facilities for the typical products in the Business Zones Odžak and Modriča, as well as adaptation of the centre for promotion and sales of these products (so called “House of Flavours” located in the tourist centre of Tuzla). 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Cluster of typical products with 20 members created in North East BiH and provides some 15 services to SMEs, including better access to market and sale of typical products (in the promo shop in Tuzla), set up of quality control laboratory (within the Faculty of Technology), improvement of production capacities (in Odžak and Modriča) and a new SME funding facility. 
 - Database with 70 obstacles for SME development created with recommendations for the local authorities for their remediation. 
 - Partnership between the 10 local stakeholders established to facilitate improved access to SME services through municipal info centres.
 - Partnerships created to stimulate investments in green production and innovative technologies for the utilisation of water steam system from TPP Tuzla for economic activities.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>