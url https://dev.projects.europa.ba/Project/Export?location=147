--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,73 +30,73 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Economy recovery and establishment of early warning system in flooded municipalities of Doboj region</t>
   </si>
   <si>
     <t>212 988 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Main); Civil society (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t>Purpose of this project is to have 5 targeted municipalities in Doboj region to have in place adequate frameworks and resources needed for appliance of short and mid-term respond and recovery measures to possible natural disasters and to support the most flood-affected families (80) in their re-engage and further develop of agriculture production.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Stakeholders of 5 targeted communities drafted and putted into official adoption procedure adequate early warning system for responding and recovering from floods and other types of natural disasters and the selected most flood-affected families (80) from 5 targeted communities re-engaged and developed its agriculture production.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>