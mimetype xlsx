--- v0 (2025-12-16)
+++ v1 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Persons with disabilities - Leaders in beekeeping (self-employment of persons wi th disabilities)</t>
   </si>
   <si>
@@ -97,101 +97,101 @@
 - Networking among honey producers in cross-border areas and joint placement of products in the market</t>
   </si>
   <si>
     <t>37 756 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Acquired a wealth of knowledge and skills in beekeeping
 - Provided starter equipment and supplies for establishing a business initi ative in beekeeping sector
 - Marketing of new socially responsible products
 - Networking among honey producers in cross-border areas and joint place ment of products in the market</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>Zlatibor-Jahorina: cooperation on magic way</t>
   </si>
   <si>
     <t>39 911 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Main); Climate action
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to support the economic development of rural, highland-mountain cross border areas, establish long term cooperation of Čajetina and Pale municipalities, by connecting people and improvement of business climate in tourism.
 The focus was given to improvement of competitiveness of tourist offering of Čajetina and Pale, by joint action through exchange of knowledge, experiences and development of tourism infrastructure.</t>
   </si>
   <si>
     <t xml:space="preserve">Improved capacities of tourist workers by menas of educational lectures and training for tourist workers on tourism and management, and study tour;
 Renovated biathlon track on Jahorina; 
 GPS positioning and development of digital maps of marked tourist tracks;
 Gathering of cyclists in the new cycling tracks on Jahorina.</t>
   </si>
   <si>
     <t>Give me a chance</t>
   </si>
   <si>
     <t>66 922 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Main); Climate action
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall project objective is to contribute to equality and protection of the rights of persons with intellectual disabilities for the participation in cultural life, recreation, leisure and sport in accordance with UN Convention on the Rights of Persons with Disabilities. 
 Specific objective is to enhance social inclusion and participation of persons with intellectual disabilities from Montenegro and Bosnia and Herzegovina trough mainstreaming sporting activities.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Strengthened capacities and networking of organisations and institutions aiming to work on enhancing social inclusion of persons with intellectual disabilities trough sport activities. 
 - Improved level of mobility, participation and inclusion of persons with intellectual disabilities in cultural and sport life on national and regional level. 
 - Raised awareness of policy makers, representatives of institutions and other sport stakeholders and citizens about sport as a mean for contribution to better participation and social inclusion of persons with intellectual disabilities.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>