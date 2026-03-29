--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,80 +30,80 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Recovering SMEs in flood affected areas and strenghtening their competitivenes b ased on local economic development partnership</t>
   </si>
   <si>
     <t>8 950 000 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Project helped to re-establish and improve competitiveness of the selected SMEs and business locations after the 2014 floods. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">This project resulted in:
 - SMEs of the metal, wood, agribusiness and tourism sectors have further improved their competitiveness. 
 - Strengthened capacities of 10 municipalities to support economic recovery and development. 
 - Cooperation between the public and private sector to support economic recovery and strengthen competitiveness of selected business locations and their SMEs is improved. 
 - Business models along value chains are strengthened.
 - 4 million EUR worth grants have enabled SMEs in agri-business, metal and wood processing to obtain standards for improved products and services, CE certification and introduce innovation for the placement of new products and services on EU market. 
 - Some 30 SMEs increased their flood management resilience by implementing action plans for protection of employees, infrastructure and equipment while 90 new jobs were opened to  support the local economies.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">