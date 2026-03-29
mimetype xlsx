--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,206 +30,206 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Special Measures to Support the Response to the Refugee and Migrant Situation in Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>7 217 168 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project is to support Bosnia and Herzegovina in managing migration flows in the context of increased number of refugees, asylum-seekers and migrants entering the country since the end of 2017. 
 The action will be subject to a Delegation Agreement between the European Union (EU) and the International Organization for Migration (IOM). UNHCR and UNICEF will Grant Beneficiaries and implement specific activities under selected outputs, directly as well as through their partners. Through this action, IOM, UNHCR and UNICEF will work to ensure the basic needs and human rights of Persons of Concern (PoC), including migrants, asylum seekers and refugees, with special attention for persons with specific vulnerabilities and needs, such as children.
 The action will build on previous and ongoing efforts of the government and international and local organizations. The action focusses primarily on providing for the basic food and accommodation needs of PoC, including access to water sanitation and hygiene, through the winterization and operation of four reception centres in Una-Sana and Sarajevo Canton, with a combined capacity of 2,700 persons, with capacity to accommodate up-to 400 families with children.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Adequate and sufficient nutrient-rich, age and culturally sensitive food is provided in all temporary reception centres 
 - Complementary food and nutrition, baby food and infant formula provided in all temporary reception centres hosting babies and infants. 
 - Shelter and WASH in frastructure, and furniture are in place in Sarajevo and Una-Sana Canton. 
 - Camp Coordination and management capacities, including registration of PoC, are scaled up. 
 - Identified vulnerable refugees/migrants, including accompanied and UASC and victims of SGBV, have access to protection-sensitive accommodation. 
 - Cultural and age sensitive Non-Food Items are provided to PoC in need. 
 - PoC in vulnerable situations are identified and referred to appropriate assistance and protection services. 
 - PoC, including UASCs, have access to asylum, including information, counselling and legal assistance in their own language. 
 - PoC have access to psychosocial support and other age and gender appropriate services. 
 - PoC are supported to access primary and secondary health care. 
 - PoC children are supported to attend primary and secondary education.
 - The Border Police and the Service for Foreigners’ have the human and technical capacity detect, identify, register and refer PoC entering the co untry in an irregular manner. 
 - Local initiatives to promote social cohesion among PoC and host communities are provided with support.</t>
   </si>
   <si>
     <t>Special Measures to support the response to the Refugee and Migrant situation in Bosnia and Herzegovina Phase II</t>
   </si>
   <si>
     <t>23 000 000 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Gender
  (Significant); Civil society (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project is to support Bosnia and Herzegovina in managing migration flows in the context of increased number of refugees, asylum-seekers and migrants entering the country since the end of 2017. 
 The action will be subject to a Delegation Agreement between the European Union (EU) and the International Organization for Migration (IOM). UNHCR and UNICEF will Grant Beneficiaries and implement specific activities under selected outputs, directly as well as through their partners. 
 Through this action, IOM, UNHCR and UNICEF will work to ensure the basic needs and human rights of Persons of Concern (PoC), including migrants, asylum seekers and refugees, with special attention for persons with specific vulnerabilities and needs, such as children. 
 The action will build on previous and ongoing efforts of the government and international and local organizations. The action focusses primarily on providing for the basic food and accommodation needs of PoC, including access to water sanitation and hygiene, through the winterization and operation of four reception centres in Una-Sana and Sarajevo Canton.</t>
   </si>
   <si>
     <t>Special Measure to support the response to the refugee and migrant situation in BiH Phase III</t>
   </si>
   <si>
     <t>20 000 000 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project is to support Bosnia and Herzegovina in managing migration flows in the context of increased number of refugees, asylum-seekers and migrants entering the country since the end of 2017. 
 The action will b e subject to a Delegation Agreement between the European Union (EU) and the International Organization for Migration (IOM). UNHCR and UNICEF will Grant Benefici aries and implement specific activities under selected outputs, directly as well as through their partners. 
 Through this action, IOM, UNHCR and UNICEF will work to ensure the basic needs and human rights of Persons of Concern (PoC), including migrants, asylum seekers and refugees, with special attention for persons with specific vulnerabilities and needs, such as children. 
 The action will build on previous and ongoing efforts of the government and international and local organizations. The action focusses primarily on providing for the basic food and accommodation needs of PoC, including access to water sanitation and hygiene, through the winterization and operation of four reception centres in Una-Sana and Sarajevo Canton.</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH - Call VI ''''MENTOR - Moder n Economy through New Technology - Oriented Research'''' under Lot 1</t>
   </si>
   <si>
     <t>368 765 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generation of economic growth and employment through targeted assistance to the BiH wood industry by introducing modern production technologies, knowledge-based economy and advancement of the production technique for added value products through EU compliant standards certification, with an ultimate goal of improving competitiveness of BiH wood products on internal and external markets.</t>
   </si>
   <si>
     <t xml:space="preserve">With the European Union funding, this project had significant impact on increasing standards and quality control as well as on improving market positioning of competitive SMEs in wood industry of Bosnia and Herzegovina. With this assistance, we directly enabled improvements in the business environment, removing complex obstacle to exporters of wood products from BiH to the EU markets. Nowadays, there are more than 100 BiH companies that are highly competitive exporters of wood products country-wide. Those companies benefited from our support in infrastructure works, equipping and accreditation process of the first laboratory for furniture and wood testing in BiH – “Lind” which has been accredited by the European Accreditation body for testing and calibration of wood products. The laboratory, located in Techno Park Zenica, is now certified for performing testing of furniture and wood products in security standards - stability and resistance - and is enabled, according to the European Accreditation, to issue testing reports on compliance with the EU security standards, valid for export to the EU. 
 Physical infrastructure and the space arrangements required specific conditions to comply with – level of humidity, temperature, chambers for delivery and maintenance of products under testing etc. It also required highly sophisticated machinery ring to perform series of testing methods – crucial elements of that ring are: 
 •	3 D machine that checks dimensions of products, 
 •	machine for testing stability performances and universal testing platform, so-called four cylinders’ machine for testing security and conformity of usage and
 •	so-called drop test machine that tests resistance of the construction of products to pressures and strokes.
 Nowadays, the BiH accredited laboratory, performs tests of security standards for furniture in the following categories: sitting furniture of all types, desks of all types, office furniture. The laboratory will continue upgrading its standards and performance, and it is expected that will apply for expanding their certification to other fields of competitive products, like furniture for children and schools. 
 Competitive companies from BiH as exporters of final wood products (furniture) can now directly benefit from the fact that there is an accredited laboratory for testing their products for export to EU in their country of origin. We also contributed to the institutional recognition of the laboratory, through its representation in relevant bodies in the country. Local partnerships have proven the benefit of closely coordinated work and efforts of all actors concerned (public, private and civil society).</t>
   </si>
   <si>
     <t>Mediterranean Eco Industrial Development (MEID)</t>
   </si>
   <si>
     <t>59 491 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">Project was aimed at improving environmental sustainability in Industrial areas (IAs) and competitiveness of the territories in MEID area as well as the diffusion of sustainable industrial concept by means of the wider network of partnership.
 In order to ensure more sustainable economic development in terms of reducing of negative impact of industrial processes an effective model had been built (MEID procedural model) that included the definition of requirements of sustainable Industrial building, providing standards identified with LCA streamlined analysis. A specific procedure identified the path to apply of the trademark of Sustainable Industrial Building (SIB).</t>
   </si>
   <si>
     <t xml:space="preserve">SWOT Analysis on Sustainable Industrial Areas in Zenica-Doboj Canton;
 Matrix of the MEID model elements of the Business Service Centre;
 Definition of tools and methods;
 Data base with Best Available Technologies;
 MEID procedural model;
 MEID model training and pilot area definition;
 MEID model application and pilot actions;
 MEID model validation and application;</t>
   </si>
   <si>
     <t>COmpetitiveness of Business Excellence ARea ''''COBEAR''''</t>
   </si>
   <si>
     <t>395 593 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project has assisted the establishment of one-stop shops with range of services for the export oriented SMEs, support to business development and investments in the so called “BEAR area” (municipalities Tešanj, Teslić and Zepče). 
 The project has trained  9 SMEs from  the lead-competitive sectors on how to optimise a use of OSS services, 30 companies have been assisted with export support measures and 6 SME received assistance for development of business plans, product branding and product development. The project also supports youth employment through the provision of specialised equipment for the secondary education in the competitive sectors of BEAR area, such as mechanics, welding and textile.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved innovative mechanisms for support to sustainable local economic development and business zones investments in the BEAR area, including establishment of OSS offices.
 - Improved competitive capacities of 30 export oriented SMEs in metal, textile, wood and food processing sectors by assisting with marketing, education, product development, branding and certification of their products. 
 - Internationalization of SMEs from the BEAR area and matchmaking with foreign partners in B2B meeting.
 - Conditions for new employment improved through provision of equipment and tools for the secondary schools in the target municipalities.</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina SME Competitiveness Support Facility</t>
   </si>
   <si>
     <t>4 000 000 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project helped SMEs access to finance for upgrade of production facilities in line with relevant EU Directives and standards in the fields of environment protection, health and product quality and safety. 
 Thanks to EU support for business advisory and incentives, some 80 SMEs made eligible investments worth 20 million EUR from EBRD credit line disbursed through Sparkasse, UniCredit Banja Luka and Intesa SanPaolo local banks. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved access to finance for capital investments 
 - EU production standards implemented in SMEs 
 - Improved availability of SMEs business advisory for implementing  environment, labour health &amp; safety and product safety &amp; quality standards.
 - Case studies available on https://www.ebrd.com/news/2018/ebrd-and-eu-supporting-small-businesses-in-bosnia-and-herzegovina.html  
 - Good project examples:
 a) Hasic drvo Gradacac - Wooden games and toys are distributed all over the world; 
 b) Izazov  Kalesija - exports furniture both to the region and to the European market;  
 c) Padjeni from Bileca - modernised its dairy production and increased  competitiveness.</t>
   </si>
 </sst>
 </file>