--- v0 (2025-10-30)
+++ v1 (2026-03-31)
@@ -30,75 +30,75 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>Design and studies for betterment of road on SEETO Route 2b, section Sarajevo - Foca (Brod na Drini), Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>2 200 000 €</t>
   </si>
   <si>
     <t/>