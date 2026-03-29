--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,129 +30,129 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery- Housing Interventions in Republika Srpska (RS)</t>
   </si>
   <si>
     <t>6 800 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 632 households provided with adequate and disaster-resilient housing 
 - Within them, 120 households will benefit from additional annual income generation, through livelihood support.
 - Approximately 1,850 people (out of whom at least 40% are women) in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>'''Buidling capacities for EU Leader type of operations in Serbia and BIH cross -border cooperation"</t>
   </si>
   <si>
     <t>43 584 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Main); Civil society (Significant)</t>
   </si>
   <si>
     <t>The project aimed at improvement of links between people, communities and exchange of ideas in cross-border regions. It tackled the following specific issues: insufficient cooperation of the public, business and civil sectors in the planning process and the implementation of local development strategies; insufficient inclusion of rural communities in the planning process; centralised systems of decision making and use of financial funds; insufficient information on financial resources available to small local communities and the way of their use; insufficient training/activity of small local communities to use the funds; insufficient exchange of people, information, ideas, knowledge and the establishment of cross-border contacts and insufficient funds in the budgets of municipalities dedicated to resolving problems of small local communities.</t>
   </si>
   <si>
     <t xml:space="preserve">Manuals on the LEADER approach;
 Web-platform with the presentation of LEADER in local languages;
 Three local development strategies for LAG “Devetak”, pre-LAG Arilje and pre-LAG Istocni Stari Grad;
 Three pre-LAGs established, one official registered as association and two as informal groups with signed Memorandum of understanding</t>
   </si>
   <si>
     <t>'''Over the Border Raspberries'''' CfP CBC BIH/Serbia</t>
   </si>
   <si>
     <t>115 290 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital