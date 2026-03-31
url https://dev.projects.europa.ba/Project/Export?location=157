--- v0 (2025-10-30)
+++ v1 (2026-03-31)
@@ -30,76 +30,76 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Building-up countryside tourism destinations around Sarajevo to diversify the ru ral economy</t>
   </si>
   <si>
     <t>179 957 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>This project encourage local networks of stakeholders and citizens to create a favourable environment for employment opportunities in Bosnia and Herzegovina. It generates new professional skills, in order to facilitate innovation, self-employment opportunities and complementary incomes in rural areas. This will strengthen a sustainable model of local rural economy, by diversification of strategies, valorising and preserving natural resources, local identities and heritage, in order to alleviate poverty and reduce rural exodus.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - A pilot RT cluster is created to structure 4 countryside tourism destinations around Sarajevo and to enhance their visibility, thanks to the exchange and support with EU partners;
 - Agriculture producers and rural enterprises in tourism strengthened their competiveness, by improving their professional skills, knowledge and quality of their offers
 - 4 destinations are actively promoted to gain new markets;
 - The expertise on rural tourism sector’s opportunities is increased, providing better capacity to the civil society organizations to influence policy and decision making processes.</t>
   </si>
   <si>
     <t>The Reconstruction of the Basic Court in Foca and the Reconstruction of the Dist rict Prosecutor''s Office in East Sarajevo, Bosna i Herzegovina</t>
   </si>
   <si>
     <t>892 754 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Digital
  (Main); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project is related to the:
 - Reconstruction of the Basic Court in Foča, and 
 - Reconstruction of the District Prosecutor's Office in East Sarajevo. 
 The Project is part of wider initiative of improving judicial efficiency and pr ofessionalism and securing smooth functioning of RoL throughout BiH (IPA 2015, Result 2), throughout reconstruction and modernization of the existing buildings as well as building new constructions where necessary.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Increase the effectiveness in judicial sector by improving working conditions;
 - Improving services to the citizens;
 - Building of Municipal Court in Foca fully repared 
 - Prosecutor's Office in Istocno Sarajevo repaired and new floor to enlarge the space built.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
@@ -132,51 +132,51 @@
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project is related to the supervision of the construction of:
 - Reconstruction of the Courthouse in Trebinje, 
 - Reconstruction of the Basic Court in Foča, and 
 - Reconstruction of the District Prosecutor's Office in East Sarajevo. 
 The Project is part of wider initiative of improving judicial efficiency and pr ofessionalism and securing smooth functioning of RoL throughout BiH (IPA 2015, Result 2), throughout reconstruction and modernization of the existing buildings as well as building new constructions where necessary.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Supervision of works for the construction and reconstruction of 3 judicial institutions in Trebinje, Foca, Istocno Sarajevo conducted.</t>
   </si>
   <si>
     <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
 More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - The capacities to improve water and energy efficiency of water supply services are strengthened.
 - Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
     <t>EU4SPORT_To foster positive social development through improvement of the sports infrastructure in schools -works Lot 3</t>
   </si>
   <si>
     <t>1 390 218 €</t>
   </si>
   <si>
     <t/>
@@ -190,51 +190,51 @@
   <si>
     <t>The main goal of school sports infrastructure is the reconstruction and modernization of schools' gyms in 12 schools including Faculty of Sport as well.</t>
   </si>
   <si>
     <t>Renovated gyms in 11 primary schools and Faculty of Sport</t>
   </si>
   <si>
     <t>Supervision of the works on the “EU4SPORT - To foster positive social development through improvement of sports infrastructure in schools</t>
   </si>
   <si>
     <t>196 150 €</t>
   </si>
   <si>
     <t xml:space="preserve">The contractor shall provide supervisory services to ensure execution and completion of   renovation/modernisation works in accordance with the EC procedures, on time, within the budget available and in accordance with provisions of the Contract and Technical Specifications for execution of the respective works within lots 2 and 3.</t>
   </si>
   <si>
     <t>Superviison of works on 18 schools</t>
   </si>
   <si>
     <t>Improved waste water and environment management in the areas of Ub and Eastern S arajevo</t>
   </si>
   <si>
     <t>119 232 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to improve environmental protection and human health through the cross border cooperation between Serbia and Bosnia and Herzegovina with special focus on promotion of environmental awareness on sustainable water use and protection at municipal level through the cross border cooperation.
 Implementation of the project involved tight cooperation between the public utility services of the two neighbouring regions in Serbia and B&amp;H on issues concerning improvement in water supply and sewerage systems, and achievement of some key socio-economic indicators at local level associated with preservation of the environment as an economic resource.</t>
   </si>
   <si>
     <t xml:space="preserve">Successful implementation of joint CBC actions for reducing the negative effects of pollution on human health and environment caused by municipal sewer networks; 
 Equipment for improved maintenance of water supply and sewerage networks procured and staff trained on its use;
 Transfer of knowledge and good practice between the grant beneficiaries demonstrated on the use of equipment and measures to improve water supply and sewerage maintenance;
 Cooperation established and strengthened with Slovenian counterpart institution for transfer of knowledge and EU related experience;
 Increased awareness of citizens on environment protection through the education and awareness activities performed with children, Roma population, firms and citizens of Eastern Sarajevo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">