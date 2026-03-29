--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,134 +30,134 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>The Una River - Unique Resource for Sustainable Development</t>
   </si>
   <si>
     <t>90 113 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The Project area includes four municipalities: Kozarska Dubica and Kostajnica, Bosnia and Herzegovina (BiH) and Hrvatska Kostajnica and Hrvatska Dubica, Croatia.  The project proposal describes as one of the key identified problems in the Project area the stagnation of local economies, which causes harsh unemployment and depopulation of rural areas due to difficulties in providing family income, which in turn forces people to migrate internally or abroad, youth in particular.
 Additional specific characteristic of the area is its vicinity to the border, with the Una River as borderline.  The valley of the Una River, together with the wider Pounje region forms an area with recognized valuable biologic and landscape diversity. It is also the area whose significant resource basis (water, arable land, forests, attractive natural and rural landscapes, and cultural heritage) represents the important potential for development of agriculture, forestry, tourism and the related small and medium enterprises. 
 Yet, tourism economy in the Project area has not been fully recognized as a resource that could become the bearer of local economy development thus far, regardless of the significant potentials noted.
 As a follow up of previous initiatives and interventions in the tourism development in this area,  the four municipalities in the Project area have embarked on the initiative to establish a joint tourist supply that will valorise the joint environmental heritage and improve the competitiveness of the Project area’s tourist supply on the principles of sustainable development.</t>
   </si>
   <si>
     <t xml:space="preserve">In order to promote the competitive advantage of the Project area the project built the infrastructure and trained human resources necessary for the establishment of a unique tourist supply in the region with focus on sport fishing in the lower course of the Una River.  The infrastructure included construction of four anglers lodges and four competition lanes along with improvement of eight access roads to these facilities.  
 Particular attention was given to raising awareness of the target groups with focus on increasing the level of information and knowledge on protection of natural heritage, as a factor of regional development. Information to citizens was provided on the subject of the responsible tourism and its principles for the purpose of the sustainable development through media outlets/promotional events and material. The project promotion activities included also the organisation of the cross-border sports fishing competition in August 2012.
 The Project results include also the establishment of networks and partnerships of various stakeholders from non-governmental, private and public sector, with added value of cross border cooperation, which were institutionalized through three agreements signed between municipalities, tourist organizations and fishermen associations. These arrangements form basis for a long term protection of the lower course of the Una River detailed in agreements on joint stocking, cleaning of banks, water quality preservation, organization of joint fishery control and preservation of autochthonous species. Joint platform on joint rural tourism development in the cross border area was developed and signed.
 This project ensured relevant training and thus increased employability for 12 (twelve) certified tourist guides, 4 fishery officers and heads of 12 rural households. 
 These rural households accommodation capacities were presented in the promotion materials as an integral part of the tourist offer, which was a pilot initiative. To ensure further promotion of the rural tourism, a joint platform on rural tourism development was agreed and signed by the tourist organizations .</t>
   </si>
   <si>
     <t>Mental health prevention network</t>
   </si>
   <si>
     <t>43 809 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is set to address the identified lack or low level of mental health prevention services in local communities in the project area, Sisak-Moslavina County in Croatia and North-West BiH.
 Through a set of activities aiming at improving capacities, prevention of substance abuse and establishing cross-border exchanges, the project seeks to contribute to accessibility of mental health prevention services to beneficiaries in mostly rural border area, to whom centralized mental health services are hardly accessible and who are not accustomed to seek help for mental health problems. 
 More specifically, the project plans to contribute to early identification and intervention in protecting and improving mental health of vulnerable categories, such as children, youth, marginalized and socially deprived families and elderly.
 Furthermore, the project envisages cross-border and cross-disciplinary cooperation and exchange of best practices in bringing mental health prevention closer to the beneficiaries.</t>
   </si>
   <si>
     <t xml:space="preserve">1. To improve capacities of providers of mental health prevention services in local communities in the border region. The aim is to build capacities of community-based providers for organizing and carrying out activities in order to promote and prevent mental health as well as for early identification and intervention in area of mental health. Capacity improvement will be based on resources from both sides of the border and on participative approach and open coordination method. Capacities of 10 elementary schools, 3 secondary schools, 10 kindergartens, 10 communal health centres, 8 social welfare centres, 10 police stations and 10 local governments improved for preventive mental health activities
 2. To improve prevention of substance abuse and behavioural problems by youth through development of cross-border joint preventive action protocols. Cross-border cooperation in prevention of substance abuse and behaviour problems in youth is aimed at alleviating the risks implied in border proximity and to foster protective and preventive factors and initiatives. The project will develope cross-border joint preventive action protocols for substance abuse and youth behaviour problems prevention.
 3. To improve cross-border exchange of knowledge, experiences and good practices in mental health prevention and promotion, the project will develop ten mental health prevention plans of activities. A specialized internet forum for mental health prevention providers will be established.</t>
   </si>
   <si>
     <t>Youth Community Centres (CeZaM)</t>
   </si>
   <si>
     <t>82 795 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Main); Climate action
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t>Overall objective is to improve quality of life and social cohesion of youth in border area. Specific project objectives are to improve access to community based services for youth in cross-border area of Pounje and to enhance youth activism and participation in the life of local communities.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Established and operating 2 Youth Community Centres and 4 Youth Info Centres in cross-border area of Pounje
 - 150 youth from 6 local communities in the border area improved quality of leisure time, knowledge and skills  by participating in educational, creative, recreational and socialization programs and activities of Youth Community Centres and Youth Info Centres
 - 60 youth from 6 local communities across border improved inter-ethnic and crossborder understanding and cooperation 
 - 25 youth from communities in cross-border area strengthened capacities for youth leadership and community based activism
 - Cross-border network of youth organizations and youth leaders developed bringing together 6 youth organizations and groups and 25 youth leaders
 - 4 new community oriented cross-border projects  developed, led and implemented by Youth network are sub-granted and implemented.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>