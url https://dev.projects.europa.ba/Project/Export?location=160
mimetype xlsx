--- v0 (2025-10-31)
+++ v1 (2026-03-31)
@@ -63,51 +63,51 @@
 The purpose of the project is increase of mobility and fostering of the cooperation with the EU, regional cooperation and economic development of BiH.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Completion of the set of documents required for tendering of works for the betterment/reconstruction/construction of the SEETO route 2a, represented by arterial/main roads M5 and M16, on sections Banja Luka – Ugar (IEBL) – Lašva. 
 The outputs arising from this result shall include, but would not necessarily be limited to:
 - Review on compliance of the conceptual design with the relevant legislation and spatial plans of RS and FBiH,
 - Optimisation of alignment laid down in the phase of the conceptual design, including introduction of connections to the adjacent roads, and relocation of colliding road sections and buildings,
 - Prepared preliminary design for betterment, based on the conceptual design, 
 - Prepared extract of documents for obtaining of the spatial conditions, and ultimately the spatial conformity for betterment/reconstruction/construction interventions, 
 - Prepared feasibility study,
 - Prepared environment impact assessment,
 - Prepared road safety audit report,
 - Prepared main design for betterment / reconstruction / construction interventions, including interchanges, connections to the adjacent roads, and relocation of colliding road sections and buildings,
 - Revised main design by the contractor authorized for revision under the Laws of FBiH and RS, respectively,
 - Prepared tender dossier for construction of the respective betterment interventions, interchanges, connections to the adjacent roads, and relocation of colliding road sections.</t>
   </si>
   <si>
     <t>Mental health prevention network</t>
   </si>
   <si>
     <t>43 809 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is set to address the identified lack or low level of mental health prevention services in local communities in the project area, Sisak-Moslavina County in Croatia and North-West BiH.
 Through a set of activities aiming at improving capacities, prevention of substance abuse and establishing cross-border exchanges, the project seeks to contribute to accessibility of mental health prevention services to beneficiaries in mostly rural border area, to whom centralized mental health services are hardly accessible and who are not accustomed to seek help for mental health problems. 
 More specifically, the project plans to contribute to early identification and intervention in protecting and improving mental health of vulnerable categories, such as children, youth, marginalized and socially deprived families and elderly.
 Furthermore, the project envisages cross-border and cross-disciplinary cooperation and exchange of best practices in bringing mental health prevention closer to the beneficiaries.</t>
   </si>
   <si>
     <t xml:space="preserve">1. To improve capacities of providers of mental health prevention services in local communities in the border region. The aim is to build capacities of community-based providers for organizing and carrying out activities in order to promote and prevent mental health as well as for early identification and intervention in area of mental health. Capacity improvement will be based on resources from both sides of the border and on participative approach and open coordination method. Capacities of 10 elementary schools, 3 secondary schools, 10 kindergartens, 10 communal health centres, 8 social welfare centres, 10 police stations and 10 local governments improved for preventive mental health activities
 2. To improve prevention of substance abuse and behavioural problems by youth through development of cross-border joint preventive action protocols. Cross-border cooperation in prevention of substance abuse and behaviour problems in youth is aimed at alleviating the risks implied in border proximity and to foster protective and preventive factors and initiatives. The project will develope cross-border joint preventive action protocols for substance abuse and youth behaviour problems prevention.
 3. To improve cross-border exchange of knowledge, experiences and good practices in mental health prevention and promotion, the project will develop ten mental health prevention plans of activities. A specialized internet forum for mental health prevention providers will be established.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">